--- v0 (2025-10-26)
+++ v1 (2025-12-11)
@@ -4,71 +4,71 @@
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28227"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="S:\Ruslan\Save\Save\Marketing plan\2025\Price 2025\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="U:\Users\shtuchnyi\Documents\Равак Трейд\Прайс лист\Новая папка\Спеціальна пропозиція\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{EC7BE7F8-E04B-4636-8004-568BC6F6EFEC}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{76370C44-9FAF-42A9-B0A3-538831426ECB}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="20640" windowHeight="14190" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="07.10.25" sheetId="1" r:id="rId1"/>
+    <sheet name="18.11.25" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="162913" refMode="R1C1"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="237" uniqueCount="237">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="286" uniqueCount="286">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Назва виробу</t>
   </si>
   <si>
     <t>XAU0000002</t>
   </si>
   <si>
     <t>Піддон  MERIDA  90 ST R-550</t>
   </si>
   <si>
     <t>XAU0000030</t>
   </si>
   <si>
     <t>Піддон  MERIDA  90 Slim R-550 з сифоном</t>
   </si>
   <si>
     <t>XAU0000011</t>
   </si>
   <si>
     <t>Піддон  MODENA 90 ST</t>
   </si>
   <si>
@@ -551,65 +551,56 @@
   <si>
     <t>RKUA600013</t>
   </si>
   <si>
     <t>Злив для ванни FreeStyle CLICK CLACK Чорний матовий</t>
   </si>
   <si>
     <t>Гідромасажні системи RAVAK</t>
   </si>
   <si>
     <t>Санітарна кераміка та аксесуари</t>
   </si>
   <si>
     <t>Умивальники</t>
   </si>
   <si>
     <t>Штори для ванн</t>
   </si>
   <si>
     <t>Додаткове обладнення до гідромасажних ванн</t>
   </si>
   <si>
     <t>Душові бокси</t>
   </si>
   <si>
-    <t>Душові кабіни та двері</t>
-[...1 lines deleted...]
-  <si>
     <t>Душові піддони</t>
   </si>
   <si>
     <t>Окремостоячі вани та аксесуари</t>
   </si>
   <si>
-    <t>Ванни та панелі</t>
-[...4 lines deleted...]
-  <si>
     <t>Роздрібна ціна, евро</t>
   </si>
   <si>
     <t>Хромотерапія  Н2О  NEW</t>
   </si>
   <si>
     <t>Фото</t>
   </si>
   <si>
     <t>Душова кабіна XPSCP4-90 R500 полір. алюм.+transparent</t>
   </si>
   <si>
     <t>Душова кабіна XPSCP4-100 R500 полір. алюм.+transparent</t>
   </si>
   <si>
     <t>Душова кабіна XPSCP4-90 R500 чорний+transparent</t>
   </si>
   <si>
     <t>Душова кабіна XPSCP4-100 R500 чорний+transparent</t>
   </si>
   <si>
     <t>Душова кабіна XPSRV2-90 полір. алюм.+transparent</t>
   </si>
   <si>
     <t>Душова кабіна XPSRV2-100 полір. алюм.+transparent</t>
@@ -735,57 +726,291 @@
     <t>Гідромасажна система PRO LOVE STORY</t>
   </si>
   <si>
     <t>Гідромасажна система ULTRA LOVE STORY</t>
   </si>
   <si>
     <t>AHZ</t>
   </si>
   <si>
     <t>AROMOTERAPIYA</t>
   </si>
   <si>
     <t>KOL_MULTI</t>
   </si>
   <si>
     <t>KOL_BLUE</t>
   </si>
   <si>
     <t>KOL_DIZ_1</t>
   </si>
   <si>
     <t>KOL_DIZ_2</t>
   </si>
   <si>
     <t>RA000A0001</t>
+  </si>
+  <si>
+    <t>Душові кабіни серія X-Point Slim</t>
+  </si>
+  <si>
+    <t>RKUC500017</t>
+  </si>
+  <si>
+    <t>Душова кабіна ESDPS-90/90 BRIGHT ALU+TRANSPARENT</t>
+  </si>
+  <si>
+    <t>Душова кабіна ESDPS-120/80 BRIGHT ALU+TRANSPARENT</t>
+  </si>
+  <si>
+    <t>RKUC500018</t>
+  </si>
+  <si>
+    <t>RKUC500019</t>
+  </si>
+  <si>
+    <t>Душова кабіна ESDPS-120/90 BRIGHT ALU+TRANSPARENT</t>
+  </si>
+  <si>
+    <t>RKUC500026</t>
+  </si>
+  <si>
+    <t>Душова кабіна SLCP4 -90 R 550 BRIGHT ALU+TRANSPARENT</t>
+  </si>
+  <si>
+    <t>RKUC500027</t>
+  </si>
+  <si>
+    <t>Душова кабіна SLCP4-90 R 550  BLACK MATT+TRANSPARENT</t>
+  </si>
+  <si>
+    <t>RKUC500028</t>
+  </si>
+  <si>
+    <t>RKUC500029</t>
+  </si>
+  <si>
+    <t>Душова кабіна SLRV2-90 BRIGHT ALU+TRANSPARENT</t>
+  </si>
+  <si>
+    <t>Душова кабіна SLRV2-90 BLACK MATT+TRANSPARENT</t>
+  </si>
+  <si>
+    <t>Душові двері серія X-Point Slim</t>
+  </si>
+  <si>
+    <t>Нерухомі стінки для душу серія X-Point Slim</t>
+  </si>
+  <si>
+    <t>RKUC500030</t>
+  </si>
+  <si>
+    <t>Душові двері SLDP2-100 BRIGHT ALU+TRANSPARENT</t>
+  </si>
+  <si>
+    <t>RKUC500031</t>
+  </si>
+  <si>
+    <t>RKUC500032</t>
+  </si>
+  <si>
+    <t>RKUC500033</t>
+  </si>
+  <si>
+    <t>Душові двері SLDP2-120 BRIGHT ALU+TRANSPARENT</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Душові кабіни серія Elegance </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+        <charset val="204"/>
+      </rPr>
+      <t>(новинка DOMOSPA by RAVAK )</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Душові кабіни серія Slide </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+        <charset val="204"/>
+      </rPr>
+      <t>(новинка DOMOSPA by RAVAK )</t>
+    </r>
+  </si>
+  <si>
+    <t>Душові двері SLDP2-100 BLACK MATT+TRANSPARENT</t>
+  </si>
+  <si>
+    <t>Душові двері SLDP2 -120 BLACK MATT+TRANSPARENT</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Душові двері серія Slide </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+        <charset val="204"/>
+      </rPr>
+      <t>(новинка DOMOSPA by RAVAK )</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Нерухомі стінки для душу серія Slide </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+        <charset val="204"/>
+      </rPr>
+      <t>(новинка DOMOSPA by RAVAK )</t>
+    </r>
+  </si>
+  <si>
+    <t>RKUC500020</t>
+  </si>
+  <si>
+    <t>RKUC500021</t>
+  </si>
+  <si>
+    <t>RKUC500022</t>
+  </si>
+  <si>
+    <t>RKUC500023</t>
+  </si>
+  <si>
+    <t>RKUC500024</t>
+  </si>
+  <si>
+    <t>RKUC500025</t>
+  </si>
+  <si>
+    <t>Нерухома стінка для душу SLPS-80 BRIGHT ALU+TRANSPARENT</t>
+  </si>
+  <si>
+    <t>Нерухома стінка для душу SLPS-90 BRIGHT ALU+TRANSPARENT</t>
+  </si>
+  <si>
+    <t>Нерухома стінка для душу SLPS-100 BRIGHT ALU+TRANSPARENT</t>
+  </si>
+  <si>
+    <t>Нерухома стінка для душу SLPS-80 BLACK MATT+TRANSPARENT</t>
+  </si>
+  <si>
+    <t>Нерухома стінка для душу SLPS-90 BLACK MATT+TRANSPARENT</t>
+  </si>
+  <si>
+    <t>Нерухома стінка для душу SLPS-100 BLACK MATT+TRANSPARENT</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">WALK IN </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+        <charset val="204"/>
+      </rPr>
+      <t>(новинка DOMOSPA by RAVAK )</t>
+    </r>
+  </si>
+  <si>
+    <t>WALK IN DOMOSPA-100 BRIGHT ALU+TRANSPARENT</t>
+  </si>
+  <si>
+    <t>RKUC500015</t>
+  </si>
+  <si>
+    <t>RKUC500016</t>
+  </si>
+  <si>
+    <t>WALK IN DOMOSPA-120 BRIGHT ALU+TRANSPARENT</t>
+  </si>
+  <si>
+    <t>Панелі для ванн</t>
+  </si>
+  <si>
+    <t>Ванни</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Ванни </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+        <charset val="204"/>
+      </rPr>
+      <t>(новинка DOMOSPA by RAVAK )</t>
+    </r>
+  </si>
+  <si>
+    <t>RKUF600019</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Ванна FANCY 170x75</t>
+  </si>
+  <si>
+    <t>Спеціальна пропозиція RAVAK UKRAINE від 18.11.2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="9" x14ac:knownFonts="1">
+  <fonts count="13" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="204"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="204"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
@@ -802,50 +1027,81 @@
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="204"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="204"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="204"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
+      <color theme="1"/>
+      <name val="Arial"/>
+      <family val="2"/>
+      <charset val="204"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <color theme="1"/>
+      <name val="Arial"/>
+      <family val="2"/>
+      <charset val="204"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <color theme="1"/>
+      <name val="Arial"/>
+      <family val="2"/>
+      <charset val="204"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <color rgb="FFFF0000"/>
+      <name val="Arial"/>
+      <family val="2"/>
+      <charset val="204"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="204"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="19">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
@@ -946,74 +1202,50 @@
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
-      <left/>
-[...22 lines deleted...]
-    <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
@@ -1048,127 +1280,142 @@
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="74">
+  <cellXfs count="102">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="3" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="2" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="2" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="3" fontId="2" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="3" fontId="2" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="2" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="2" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
@@ -1176,140 +1423,287 @@
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="1" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="1" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="3" fontId="1" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="1" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="6" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...15 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Звичайний" xfId="0" builtinId="0"/>
   </cellStyles>
-  <dxfs count="26">
+  <dxfs count="32">
+    <dxf>
+      <font>
+        <color rgb="FF9C0006"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC7CE"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <color rgb="FF9C0006"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC7CE"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFF0000"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <color rgb="FF9C0006"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC7CE"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <color rgb="FF9C0006"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC7CE"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFF0000"/>
+        </patternFill>
+      </fill>
+    </dxf>
     <dxf>
       <font>
         <color rgb="FF9C0006"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFC7CE"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <color rgb="FF9C0006"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFC7CE"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFFF0000"/>
         </patternFill>
@@ -1523,3412 +1917,3959 @@
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFC7CE"/>
         </patternFill>
       </fill>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image42.png"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image47.png"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image63.png"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image68.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.png"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image37.png"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image40.png"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image45.png"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image53.png"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image58.png"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image66.png"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image74.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image61.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.png"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image35.png"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image43.png"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image48.png"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image56.png"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image64.png"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image69.jpeg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image51.png"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image72.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.png"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image33.png"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image38.png"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image46.png"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image59.png"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image67.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image41.png"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image54.png"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image62.png"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image70.png"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image75.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.png"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image36.png"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image49.png"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image57.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image31.png"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image44.png"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image52.png"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image60.png"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image65.png"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image73.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image39.png"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image34.png"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image50.png"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image55.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image71.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image42.png"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image47.png"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image63.png"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image68.png"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image84.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.png"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image37.png"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image53.png"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image58.png"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image74.png"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image79.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.png"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image35.png"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image43.png"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image48.png"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image56.png"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image64.png"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image69.png"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image77.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image51.png"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image72.png"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image80.png"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image85.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.png"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image33.png"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image38.png"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image46.png"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image59.png"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image67.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image41.png"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image54.png"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image62.png"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image70.png"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image75.png"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image83.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.png"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image36.png"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image49.png"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image57.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image31.png"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image44.png"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image52.png"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image60.png"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image65.jpeg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image73.png"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image78.png"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image81.png"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image86.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image39.png"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image34.png"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image50.png"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image55.png"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image76.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image71.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.png"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image40.png"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image45.png"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image66.png"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image87.png"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image61.png"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image82.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>66674</xdr:colOff>
-      <xdr:row>3</xdr:row>
+      <xdr:row>6</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>1142999</xdr:colOff>
-      <xdr:row>4</xdr:row>
+      <xdr:row>7</xdr:row>
       <xdr:rowOff>847472</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="Рисунок 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9FAAB460-F0E9-DA46-63BD-38AB01C86BC4}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="66674" y="790575"/>
           <a:ext cx="1076325" cy="1685672"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>5</xdr:row>
+      <xdr:row>8</xdr:row>
       <xdr:rowOff>66675</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>1155538</xdr:colOff>
-      <xdr:row>6</xdr:row>
+      <xdr:row>9</xdr:row>
       <xdr:rowOff>847036</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="4" name="Рисунок 3">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FAA53352-A6A4-2663-C7A9-C957A9C258C4}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="47625" y="2581275"/>
           <a:ext cx="1107913" cy="1666186"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47624</xdr:colOff>
-      <xdr:row>7</xdr:row>
+      <xdr:row>10</xdr:row>
       <xdr:rowOff>60195</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>1152525</xdr:colOff>
-      <xdr:row>8</xdr:row>
+      <xdr:row>11</xdr:row>
       <xdr:rowOff>838200</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="8" name="Рисунок 7">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7392CBA5-E5C0-944F-5745-06D441371D10}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="47624" y="4346445"/>
           <a:ext cx="1104901" cy="1663830"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>9</xdr:row>
+      <xdr:row>12</xdr:row>
       <xdr:rowOff>38099</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>1140315</xdr:colOff>
-      <xdr:row>10</xdr:row>
+      <xdr:row>13</xdr:row>
       <xdr:rowOff>847725</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="10" name="Рисунок 9">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BA4BF532-BA6A-8601-9214-2CA7659184D6}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="47625" y="6095999"/>
           <a:ext cx="1092690" cy="1695451"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>11</xdr:row>
+      <xdr:row>28</xdr:row>
       <xdr:rowOff>28598</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>1138453</xdr:colOff>
-      <xdr:row>13</xdr:row>
+      <xdr:row>30</xdr:row>
       <xdr:rowOff>533400</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="13" name="Рисунок 12">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CD4C5F12-CEE0-F68F-6C04-D438D9E3D387}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="47625" y="7858148"/>
           <a:ext cx="1090828" cy="1685902"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>57150</xdr:colOff>
-      <xdr:row>14</xdr:row>
+      <xdr:row>31</xdr:row>
       <xdr:rowOff>38099</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>1133475</xdr:colOff>
-      <xdr:row>16</xdr:row>
+      <xdr:row>33</xdr:row>
       <xdr:rowOff>541395</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="14" name="Рисунок 13">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0AAA400F-311C-841F-FF19-2EC2BC8E1F1B}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId6"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="57150" y="9639299"/>
           <a:ext cx="1076325" cy="1684396"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>57150</xdr:colOff>
-      <xdr:row>17</xdr:row>
+      <xdr:row>40</xdr:row>
       <xdr:rowOff>56167</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>1139950</xdr:colOff>
-      <xdr:row>19</xdr:row>
+      <xdr:row>42</xdr:row>
       <xdr:rowOff>495300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Рисунок 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1FDDC2E3-21E5-0120-3B8E-0B897B8B535A}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId7"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="57150" y="11429017"/>
           <a:ext cx="1082800" cy="1505933"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>28575</xdr:colOff>
-      <xdr:row>20</xdr:row>
+      <xdr:row>43</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>1140966</xdr:colOff>
-      <xdr:row>22</xdr:row>
+      <xdr:row>45</xdr:row>
       <xdr:rowOff>542925</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="5" name="Рисунок 4">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AFC328C2-768E-0692-2290-F47F208FE6E2}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId8"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="28575" y="13030200"/>
           <a:ext cx="1112391" cy="1657350"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
-      <xdr:colOff>38100</xdr:colOff>
-[...14 lines deleted...]
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7F079A4C-6F5D-4158-209D-2BFFD7F1E992}"/>
+      <xdr:colOff>88770</xdr:colOff>
+      <xdr:row>64</xdr:row>
+      <xdr:rowOff>21742</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>1143000</xdr:colOff>
+      <xdr:row>64</xdr:row>
+      <xdr:rowOff>1600200</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="12" name="Рисунок 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B60F45A1-821F-1639-7FE6-2099B9781687}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId9"/>
-        <a:stretch>
-[...174 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId13"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="88770" y="24558142"/>
           <a:ext cx="1054230" cy="1578458"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>85725</xdr:colOff>
-      <xdr:row>39</xdr:row>
+      <xdr:row>63</xdr:row>
       <xdr:rowOff>19050</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>1152525</xdr:colOff>
-      <xdr:row>39</xdr:row>
+      <xdr:row>63</xdr:row>
       <xdr:rowOff>1609052</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="16" name="Рисунок 15">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0689C1A2-9AEB-1F03-89DF-26171A80F4EB}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId10"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="85725" y="22936200"/>
           <a:ext cx="1066800" cy="1590002"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>38100</xdr:colOff>
-      <xdr:row>30</xdr:row>
+      <xdr:row>54</xdr:row>
       <xdr:rowOff>27860</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>1162050</xdr:colOff>
-      <xdr:row>30</xdr:row>
+      <xdr:row>54</xdr:row>
       <xdr:rowOff>1151810</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="17" name="Рисунок 16">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{49A4886C-CE7E-EF2F-B0CF-BBD2873FD865}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId15"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId11"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="38100" y="21306710"/>
           <a:ext cx="1123950" cy="1123950"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>37385</xdr:colOff>
-      <xdr:row>31</xdr:row>
+      <xdr:row>55</xdr:row>
       <xdr:rowOff>38100</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>1161335</xdr:colOff>
-      <xdr:row>31</xdr:row>
+      <xdr:row>55</xdr:row>
       <xdr:rowOff>1162050</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="18" name="Рисунок 17">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{40B88302-0134-6196-2AB8-ACA28464C5D0}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId16"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId12"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm flipH="1">
           <a:off x="37385" y="22498050"/>
           <a:ext cx="1123950" cy="1123950"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>57149</xdr:colOff>
-      <xdr:row>33</xdr:row>
+      <xdr:row>57</xdr:row>
       <xdr:rowOff>38099</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>1181100</xdr:colOff>
-      <xdr:row>33</xdr:row>
+      <xdr:row>57</xdr:row>
       <xdr:rowOff>1162050</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="19" name="Рисунок 18">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CD80C354-A648-095D-62C0-4F741CB9E009}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId13"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="57149" y="24860249"/>
           <a:ext cx="1123951" cy="1123951"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>32</xdr:row>
+      <xdr:row>56</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>1170861</xdr:colOff>
-      <xdr:row>32</xdr:row>
+      <xdr:row>56</xdr:row>
       <xdr:rowOff>1151811</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="20" name="Рисунок 19">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B053BA4C-C2A4-4356-43A6-5B7DAEDD05E0}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId18"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="47625" y="23669625"/>
           <a:ext cx="1123236" cy="1123236"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47626</xdr:colOff>
-      <xdr:row>34</xdr:row>
+      <xdr:row>58</xdr:row>
       <xdr:rowOff>19050</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>1180386</xdr:colOff>
-      <xdr:row>34</xdr:row>
+      <xdr:row>58</xdr:row>
       <xdr:rowOff>1151810</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="22" name="Рисунок 21">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2B9957B4-06FB-2BFA-8CAE-EB3DE444A8F9}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId19"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId15"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="47626" y="26022300"/>
           <a:ext cx="1132760" cy="1132760"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>57151</xdr:colOff>
-      <xdr:row>35</xdr:row>
+      <xdr:row>59</xdr:row>
       <xdr:rowOff>27861</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>1172291</xdr:colOff>
-      <xdr:row>35</xdr:row>
+      <xdr:row>59</xdr:row>
       <xdr:rowOff>1143001</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="23" name="Рисунок 22">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8FBF7824-455F-4810-BA99-63E7F9CAA7B7}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId20"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId16"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="57151" y="27212211"/>
           <a:ext cx="1115140" cy="1115140"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>57150</xdr:colOff>
-      <xdr:row>36</xdr:row>
+      <xdr:row>60</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>1171575</xdr:colOff>
-      <xdr:row>36</xdr:row>
+      <xdr:row>60</xdr:row>
       <xdr:rowOff>1143000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="24" name="Рисунок 23">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B4F2F317-1050-54ED-D345-8329053F8235}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId21"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="57150" y="28394025"/>
           <a:ext cx="1114425" cy="1114425"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>57150</xdr:colOff>
-      <xdr:row>37</xdr:row>
+      <xdr:row>61</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>1172815</xdr:colOff>
-      <xdr:row>37</xdr:row>
+      <xdr:row>61</xdr:row>
       <xdr:rowOff>1144240</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="26" name="Рисунок 25">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B6F56D10-9741-47A3-9247-22E5D4867F70}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId22"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId18"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="57150" y="29575125"/>
           <a:ext cx="1115665" cy="1115665"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>66675</xdr:colOff>
-      <xdr:row>43</xdr:row>
+      <xdr:row>67</xdr:row>
       <xdr:rowOff>66675</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>1156453</xdr:colOff>
-      <xdr:row>46</xdr:row>
+      <xdr:row>70</xdr:row>
       <xdr:rowOff>57150</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="38" name="Рисунок 37">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{628A55C8-4BCB-448C-2EDD-458F4F72C3BB}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId23"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId19"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="10800000">
           <a:off x="66675" y="35613975"/>
           <a:ext cx="1089778" cy="476250"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>38101</xdr:colOff>
-      <xdr:row>53</xdr:row>
+      <xdr:row>77</xdr:row>
       <xdr:rowOff>57149</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>1193441</xdr:colOff>
-      <xdr:row>55</xdr:row>
+      <xdr:row>79</xdr:row>
       <xdr:rowOff>142875</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="39" name="Рисунок 38">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A668D3C5-B5AA-7CAC-F765-5683F35479C8}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId24"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId20"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="38101" y="37337999"/>
           <a:ext cx="1155340" cy="504826"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>29768</xdr:colOff>
-      <xdr:row>56</xdr:row>
+      <xdr:row>80</xdr:row>
       <xdr:rowOff>57145</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>1189609</xdr:colOff>
-      <xdr:row>56</xdr:row>
+      <xdr:row>80</xdr:row>
       <xdr:rowOff>571500</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="40" name="Рисунок 39">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A3683AB9-62DA-4024-7834-AA5492DFAA60}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId25"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId21"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="29768" y="37966645"/>
           <a:ext cx="1159841" cy="514355"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>36949</xdr:colOff>
-      <xdr:row>42</xdr:row>
+      <xdr:row>66</xdr:row>
       <xdr:rowOff>41672</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>1143715</xdr:colOff>
-      <xdr:row>42</xdr:row>
+      <xdr:row>66</xdr:row>
       <xdr:rowOff>495299</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="15" name="Рисунок 14">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F2D6FB6B-1505-8A29-E653-06E301F5E0CB}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId26"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId22"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="10800000">
           <a:off x="36949" y="34426922"/>
           <a:ext cx="1106766" cy="453627"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>47</xdr:row>
+      <xdr:row>71</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>1178298</xdr:colOff>
-      <xdr:row>49</xdr:row>
+      <xdr:row>73</xdr:row>
       <xdr:rowOff>227923</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="21" name="Рисунок 20">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9101882F-DE58-B8E1-81C7-BD84A11BECF3}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId27"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId23"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="47625" y="35642550"/>
           <a:ext cx="1130673" cy="732748"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>50</xdr:row>
+      <xdr:row>74</xdr:row>
       <xdr:rowOff>24595</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>1171575</xdr:colOff>
-      <xdr:row>52</xdr:row>
+      <xdr:row>76</xdr:row>
       <xdr:rowOff>228479</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="25" name="Рисунок 24">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F719060D-A7AF-C87B-612C-92A3856E7EA8}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId28"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId24"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="36448195"/>
           <a:ext cx="1171575" cy="756334"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>9</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>56</xdr:row>
+      <xdr:row>80</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>9</xdr:col>
       <xdr:colOff>304800</xdr:colOff>
-      <xdr:row>56</xdr:row>
+      <xdr:row>80</xdr:row>
       <xdr:rowOff>304800</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="1026" name="AutoShape 2" descr="Панель ASYMMETRIC II 160 R Правая">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{30750538-400D-549A-A71A-ACCA3160E46E}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr>
           <a:spLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="10267950" y="37880925"/>
           <a:ext cx="304800" cy="304800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>34014</xdr:colOff>
-      <xdr:row>57</xdr:row>
+      <xdr:row>84</xdr:row>
       <xdr:rowOff>47624</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>1175967</xdr:colOff>
-      <xdr:row>59</xdr:row>
+      <xdr:row>86</xdr:row>
       <xdr:rowOff>247650</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="27" name="Рисунок 26">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5B464346-DE5B-808C-E9CA-5CCEEC7DDDFF}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId29"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId25"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm flipH="1">
           <a:off x="34014" y="38547674"/>
           <a:ext cx="1141953" cy="771526"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>28575</xdr:colOff>
-      <xdr:row>60</xdr:row>
+      <xdr:row>87</xdr:row>
       <xdr:rowOff>21553</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>1166822</xdr:colOff>
-      <xdr:row>62</xdr:row>
+      <xdr:row>89</xdr:row>
       <xdr:rowOff>219075</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="31" name="Рисунок 30">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3AFA5871-E2BA-D921-D6D8-57B46D172F1C}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId30"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId26"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="28575" y="39378853"/>
           <a:ext cx="1138247" cy="769022"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>28574</xdr:colOff>
-      <xdr:row>63</xdr:row>
+      <xdr:row>90</xdr:row>
       <xdr:rowOff>16451</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>1162050</xdr:colOff>
-      <xdr:row>66</xdr:row>
+      <xdr:row>93</xdr:row>
       <xdr:rowOff>123825</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="34" name="Рисунок 33">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6A4E7DE7-2326-3A84-9840-11AC6F06A738}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId31"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId27"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="28574" y="40202426"/>
           <a:ext cx="1133476" cy="593149"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>28575</xdr:colOff>
-      <xdr:row>68</xdr:row>
+      <xdr:row>95</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>1175358</xdr:colOff>
-      <xdr:row>68</xdr:row>
+      <xdr:row>95</xdr:row>
       <xdr:rowOff>828675</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="37" name="Рисунок 36">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4F3CF774-31F0-25A5-84A8-D6506D322387}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId32"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId28"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="28575" y="41052750"/>
           <a:ext cx="1146783" cy="800100"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>23302</xdr:colOff>
-      <xdr:row>69</xdr:row>
+      <xdr:row>96</xdr:row>
       <xdr:rowOff>19050</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>1166344</xdr:colOff>
-      <xdr:row>69</xdr:row>
+      <xdr:row>96</xdr:row>
       <xdr:rowOff>800100</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="41" name="Рисунок 40">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9EB06984-E164-8278-BD10-1257CD3B48C3}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId33"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId29"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="23302" y="41910000"/>
           <a:ext cx="1143042" cy="781050"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>31891</xdr:colOff>
-      <xdr:row>70</xdr:row>
+      <xdr:row>97</xdr:row>
       <xdr:rowOff>47624</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>1162050</xdr:colOff>
-      <xdr:row>70</xdr:row>
+      <xdr:row>97</xdr:row>
       <xdr:rowOff>714974</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="42" name="Рисунок 41">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FF41A1E4-2522-4EF1-47F7-AD789FBD29E1}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId34"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId30"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm flipH="1">
           <a:off x="31891" y="42776774"/>
           <a:ext cx="1130159" cy="667350"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>33025</xdr:colOff>
-      <xdr:row>71</xdr:row>
+      <xdr:row>98</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>1182408</xdr:colOff>
-      <xdr:row>71</xdr:row>
+      <xdr:row>98</xdr:row>
       <xdr:rowOff>704850</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="43" name="Рисунок 42">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A66C977D-2D3D-A8B9-FD23-610D007CD93A}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId35"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId31"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="33025" y="43481625"/>
           <a:ext cx="1149383" cy="676275"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>276225</xdr:colOff>
-      <xdr:row>72</xdr:row>
+      <xdr:row>99</xdr:row>
       <xdr:rowOff>38100</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>1008459</xdr:colOff>
-      <xdr:row>72</xdr:row>
+      <xdr:row>99</xdr:row>
       <xdr:rowOff>770334</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="44" name="Рисунок 43">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5DC4B157-A7FE-A873-239C-FDB6012C938C}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId36"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId32"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="276225" y="44272200"/>
           <a:ext cx="732234" cy="732234"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>272837</xdr:colOff>
-      <xdr:row>73</xdr:row>
+      <xdr:row>100</xdr:row>
       <xdr:rowOff>47624</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>1011811</xdr:colOff>
-      <xdr:row>73</xdr:row>
+      <xdr:row>100</xdr:row>
       <xdr:rowOff>876299</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="45" name="Рисунок 44">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B7681819-01C4-4702-2400-CB3011B2A55A}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId37"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId33"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="272837" y="45129449"/>
           <a:ext cx="738974" cy="828675"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47624</xdr:colOff>
-      <xdr:row>75</xdr:row>
+      <xdr:row>102</xdr:row>
       <xdr:rowOff>16579</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>1163311</xdr:colOff>
-      <xdr:row>78</xdr:row>
+      <xdr:row>105</xdr:row>
       <xdr:rowOff>295275</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="46" name="Рисунок 45">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AAE67FDE-3E39-BBA2-5D4F-980DE158F133}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId38"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId34"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="47624" y="46203304"/>
           <a:ext cx="1115687" cy="1221671"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>82</xdr:row>
+      <xdr:row>111</xdr:row>
       <xdr:rowOff>19050</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>1132760</xdr:colOff>
-      <xdr:row>82</xdr:row>
+      <xdr:row>111</xdr:row>
       <xdr:rowOff>1152525</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="52" name="Рисунок 51">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{07599B7D-A3AF-0332-7E87-C4E4D3ED92BC}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId39"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId35"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="50044350"/>
           <a:ext cx="1132760" cy="1133475"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>83</xdr:row>
+      <xdr:row>112</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>1123950</xdr:colOff>
-      <xdr:row>83</xdr:row>
+      <xdr:row>112</xdr:row>
       <xdr:rowOff>1104900</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="53" name="Рисунок 52">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8C36E1B7-5C65-2731-7AE1-A0AD84C2A6E8}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId40"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId36"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="47625" y="50882550"/>
           <a:ext cx="1076325" cy="1076325"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>38101</xdr:colOff>
-      <xdr:row>84</xdr:row>
+      <xdr:row>113</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>1149607</xdr:colOff>
-      <xdr:row>84</xdr:row>
+      <xdr:row>113</xdr:row>
       <xdr:rowOff>1009207</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="54" name="Рисунок 53">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CC8FFADC-98DC-9180-4B67-10D561BC5456}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId41"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId37"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="38101" y="52473225"/>
           <a:ext cx="1111506" cy="961582"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>66675</xdr:colOff>
-      <xdr:row>85</xdr:row>
+      <xdr:row>114</xdr:row>
       <xdr:rowOff>38100</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>1144224</xdr:colOff>
-      <xdr:row>85</xdr:row>
+      <xdr:row>114</xdr:row>
       <xdr:rowOff>1362075</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="55" name="Рисунок 54">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{458A09BA-4E87-B575-F6EE-02EB43DB4CA0}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId42"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId38"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="66675" y="53549550"/>
           <a:ext cx="1077549" cy="1323975"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>76201</xdr:colOff>
-      <xdr:row>81</xdr:row>
+      <xdr:row>110</xdr:row>
       <xdr:rowOff>32065</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>1143001</xdr:colOff>
-      <xdr:row>81</xdr:row>
+      <xdr:row>110</xdr:row>
       <xdr:rowOff>999579</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="56" name="Рисунок 55">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C0DC34D2-F069-A851-4081-B031F7ABBC12}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId43"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId39"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="76201" y="48895315"/>
           <a:ext cx="1066800" cy="967514"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>66675</xdr:colOff>
-      <xdr:row>80</xdr:row>
+      <xdr:row>109</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>1141340</xdr:colOff>
-      <xdr:row>80</xdr:row>
+      <xdr:row>109</xdr:row>
       <xdr:rowOff>961531</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="57" name="Рисунок 56">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{34D44C46-866E-A794-99CB-1614E4B4B4C5}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId44"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId40"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="66675" y="47682150"/>
           <a:ext cx="1074665" cy="913906"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>85725</xdr:colOff>
-      <xdr:row>87</xdr:row>
+      <xdr:row>116</xdr:row>
       <xdr:rowOff>47624</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>1153445</xdr:colOff>
-      <xdr:row>87</xdr:row>
+      <xdr:row>116</xdr:row>
       <xdr:rowOff>781049</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="58" name="Рисунок 57">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DB8B50A0-CDD0-9AEE-4FFF-29DA30CCD961}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId45"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId41"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="85725" y="55749824"/>
           <a:ext cx="1067720" cy="733425"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>86</xdr:row>
+      <xdr:row>115</xdr:row>
       <xdr:rowOff>76201</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>1162050</xdr:colOff>
-      <xdr:row>86</xdr:row>
+      <xdr:row>115</xdr:row>
       <xdr:rowOff>872219</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="59" name="Рисунок 58">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B17A173A-6A08-954F-74BA-6AED733C6CD1}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId46"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId42"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="47625" y="54578251"/>
           <a:ext cx="1114425" cy="796018"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>66675</xdr:colOff>
-      <xdr:row>88</xdr:row>
+      <xdr:row>117</xdr:row>
       <xdr:rowOff>34663</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>1162050</xdr:colOff>
-      <xdr:row>88</xdr:row>
+      <xdr:row>117</xdr:row>
       <xdr:rowOff>817074</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="60" name="Рисунок 59">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4FD750D6-A4F3-ACE9-953B-BDC8805F3C06}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId47"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId43"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="66675" y="56317888"/>
           <a:ext cx="1095375" cy="782411"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>52903</xdr:colOff>
-      <xdr:row>90</xdr:row>
+      <xdr:row>119</xdr:row>
       <xdr:rowOff>73259</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>1161031</xdr:colOff>
-      <xdr:row>90</xdr:row>
+      <xdr:row>119</xdr:row>
       <xdr:rowOff>895350</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="61" name="Рисунок 60">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0D68CCB7-CB6F-AB33-33C1-BC3FCB210E3E}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId48"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId44"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="52903" y="57413759"/>
           <a:ext cx="1108128" cy="822091"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>38099</xdr:colOff>
-      <xdr:row>91</xdr:row>
+      <xdr:row>120</xdr:row>
       <xdr:rowOff>76200</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>1125990</xdr:colOff>
-      <xdr:row>91</xdr:row>
+      <xdr:row>120</xdr:row>
       <xdr:rowOff>819150</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="62" name="Рисунок 61">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{28B3A9A2-FEA7-6D71-29F8-5477E17BE516}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId49"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId45"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="38099" y="58369200"/>
           <a:ext cx="1087891" cy="742950"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47704</xdr:colOff>
-      <xdr:row>93</xdr:row>
+      <xdr:row>122</xdr:row>
       <xdr:rowOff>38099</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>1150764</xdr:colOff>
-      <xdr:row>93</xdr:row>
+      <xdr:row>122</xdr:row>
       <xdr:rowOff>1143000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="63" name="Рисунок 62">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1926F087-8521-E60C-132C-7C830FA2AEFF}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId50"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId46"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="47704" y="59397899"/>
           <a:ext cx="1103060" cy="1104901"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>57150</xdr:colOff>
-      <xdr:row>94</xdr:row>
+      <xdr:row>123</xdr:row>
       <xdr:rowOff>45272</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>1172067</xdr:colOff>
-      <xdr:row>94</xdr:row>
+      <xdr:row>123</xdr:row>
       <xdr:rowOff>1162050</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1024" name="Рисунок 1023">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{81EB722D-40EA-3A65-B2A7-4FA9B2C94E4A}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId51"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId47"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="57150" y="60605222"/>
           <a:ext cx="1114917" cy="1116778"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>38100</xdr:colOff>
-      <xdr:row>95</xdr:row>
+      <xdr:row>124</xdr:row>
       <xdr:rowOff>57149</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>1150668</xdr:colOff>
-      <xdr:row>95</xdr:row>
+      <xdr:row>124</xdr:row>
       <xdr:rowOff>1171575</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1027" name="Рисунок 1026">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{378E3958-F24C-5ABE-C4C9-8962F02E5443}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId52"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId48"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="38100" y="61817249"/>
           <a:ext cx="1112568" cy="1114426"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>38100</xdr:colOff>
-      <xdr:row>96</xdr:row>
+      <xdr:row>125</xdr:row>
       <xdr:rowOff>28574</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>1150669</xdr:colOff>
-      <xdr:row>96</xdr:row>
+      <xdr:row>125</xdr:row>
       <xdr:rowOff>1143000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1028" name="Рисунок 1027">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9030AA3A-8FF3-00AC-58F6-D74E46DB744D}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId53"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId49"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="38100" y="62988824"/>
           <a:ext cx="1112569" cy="1114426"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>97</xdr:row>
+      <xdr:row>126</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>1162050</xdr:colOff>
-      <xdr:row>97</xdr:row>
+      <xdr:row>126</xdr:row>
       <xdr:rowOff>1144861</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1029" name="Рисунок 1028">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{28ED4442-E22A-63D5-4FD8-C0D17AD55D9C}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId54"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId50"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="47625" y="64188975"/>
           <a:ext cx="1114425" cy="1116286"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>38101</xdr:colOff>
-      <xdr:row>98</xdr:row>
+      <xdr:row>127</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>1162050</xdr:colOff>
-      <xdr:row>98</xdr:row>
+      <xdr:row>127</xdr:row>
       <xdr:rowOff>1154401</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1030" name="Рисунок 1029">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C8BC66B3-6D03-AD47-907D-2F92EFA9B1C3}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId55"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId51"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="38101" y="65389125"/>
           <a:ext cx="1123949" cy="1125826"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>99</xdr:row>
+      <xdr:row>128</xdr:row>
       <xdr:rowOff>38099</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>1150131</xdr:colOff>
-      <xdr:row>99</xdr:row>
+      <xdr:row>128</xdr:row>
       <xdr:rowOff>1152524</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1031" name="Рисунок 1030">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B373BC58-25F1-0FF2-48AA-8B5D702AE2AF}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId56"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId52"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="47625" y="66598799"/>
           <a:ext cx="1102506" cy="1114425"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>38100</xdr:colOff>
-      <xdr:row>100</xdr:row>
+      <xdr:row>129</xdr:row>
       <xdr:rowOff>19050</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>1179195</xdr:colOff>
-      <xdr:row>100</xdr:row>
+      <xdr:row>129</xdr:row>
       <xdr:rowOff>1162050</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1032" name="Рисунок 1031">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8BECE607-4A13-8B88-B7E1-EF68CADC71C2}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId57"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId53"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="38100" y="67779900"/>
           <a:ext cx="1141095" cy="1143000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>66675</xdr:colOff>
-      <xdr:row>101</xdr:row>
+      <xdr:row>130</xdr:row>
       <xdr:rowOff>47624</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>1162050</xdr:colOff>
-      <xdr:row>101</xdr:row>
+      <xdr:row>130</xdr:row>
       <xdr:rowOff>1130367</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1033" name="Рисунок 1032">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{19F83AAA-0FD4-AA81-ACEF-9213AC1DBBAD}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId58"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId54"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="66675" y="69008624"/>
           <a:ext cx="1095375" cy="1082743"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>57150</xdr:colOff>
-      <xdr:row>102</xdr:row>
+      <xdr:row>131</xdr:row>
       <xdr:rowOff>57150</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>1160208</xdr:colOff>
-      <xdr:row>102</xdr:row>
+      <xdr:row>131</xdr:row>
       <xdr:rowOff>1162050</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1034" name="Рисунок 1033">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9CE253AD-1463-BD20-96F2-0086C6BFD151}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId59"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId55"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="57150" y="70218300"/>
           <a:ext cx="1103058" cy="1104900"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>50722</xdr:colOff>
-      <xdr:row>103</xdr:row>
+      <xdr:row>132</xdr:row>
       <xdr:rowOff>57149</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>1162050</xdr:colOff>
-      <xdr:row>103</xdr:row>
+      <xdr:row>132</xdr:row>
       <xdr:rowOff>1170332</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1035" name="Рисунок 1034">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{028FB885-1221-0064-6404-30F06E9BDE0E}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId60"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId56"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="50722" y="71418449"/>
           <a:ext cx="1111328" cy="1113183"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>28575</xdr:colOff>
-      <xdr:row>104</xdr:row>
+      <xdr:row>133</xdr:row>
       <xdr:rowOff>28574</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>1159448</xdr:colOff>
-      <xdr:row>104</xdr:row>
+      <xdr:row>133</xdr:row>
       <xdr:rowOff>1161335</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1036" name="Рисунок 1035">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2D72CFE0-8E85-9DA5-3594-B96B8DC50954}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId61"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId57"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="28575" y="72590024"/>
           <a:ext cx="1130873" cy="1132761"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>29465</xdr:colOff>
-      <xdr:row>105</xdr:row>
+      <xdr:row>134</xdr:row>
       <xdr:rowOff>38100</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>1161051</xdr:colOff>
-      <xdr:row>105</xdr:row>
+      <xdr:row>134</xdr:row>
       <xdr:rowOff>1171575</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1037" name="Рисунок 1036">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CD54E2EB-217B-D2CE-1651-39D6CEDA89DF}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId62"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId58"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="29465" y="73799700"/>
           <a:ext cx="1131586" cy="1133475"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>38100</xdr:colOff>
-      <xdr:row>106</xdr:row>
+      <xdr:row>135</xdr:row>
       <xdr:rowOff>19050</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>1175162</xdr:colOff>
-      <xdr:row>106</xdr:row>
+      <xdr:row>135</xdr:row>
       <xdr:rowOff>1143000</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1038" name="Рисунок 1037">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F59C5644-B4AD-A5EB-33AA-4186BACCF03D}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId63"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId59"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="38100" y="74980800"/>
           <a:ext cx="1137062" cy="1123950"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>38100</xdr:colOff>
-      <xdr:row>107</xdr:row>
+      <xdr:row>136</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>1175162</xdr:colOff>
-      <xdr:row>107</xdr:row>
+      <xdr:row>136</xdr:row>
       <xdr:rowOff>1152525</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1039" name="Рисунок 1038">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{45427484-D1D6-0866-6FCE-4DC7A76FFDE9}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId64"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId60"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="38100" y="76190475"/>
           <a:ext cx="1137062" cy="1123950"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>108</xdr:row>
+      <xdr:row>137</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>1181100</xdr:colOff>
-      <xdr:row>108</xdr:row>
+      <xdr:row>137</xdr:row>
       <xdr:rowOff>1168029</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1040" name="Рисунок 1039">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1D32A305-C343-14C3-042C-9911235071B0}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId65"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId61"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="47625" y="77409675"/>
           <a:ext cx="1133475" cy="1120404"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>66674</xdr:colOff>
-      <xdr:row>109</xdr:row>
+      <xdr:row>138</xdr:row>
       <xdr:rowOff>66676</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>1148747</xdr:colOff>
-      <xdr:row>109</xdr:row>
+      <xdr:row>138</xdr:row>
       <xdr:rowOff>942976</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1042" name="Рисунок 1041">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F34612D0-9D31-4621-1C32-593A850D9F78}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId66"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId62"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="66674" y="78628876"/>
           <a:ext cx="1082073" cy="876300"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>57151</xdr:colOff>
-      <xdr:row>110</xdr:row>
+      <xdr:row>139</xdr:row>
       <xdr:rowOff>37490</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>1186935</xdr:colOff>
-      <xdr:row>110</xdr:row>
+      <xdr:row>139</xdr:row>
       <xdr:rowOff>857249</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1043" name="Рисунок 1042">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DD0CFE4F-B790-0BFF-3307-D095BD994F5D}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId67"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId63"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="57151" y="79599815"/>
           <a:ext cx="1129784" cy="819759"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>38100</xdr:colOff>
-      <xdr:row>111</xdr:row>
+      <xdr:row>140</xdr:row>
       <xdr:rowOff>38099</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>1187755</xdr:colOff>
-      <xdr:row>111</xdr:row>
+      <xdr:row>140</xdr:row>
       <xdr:rowOff>885824</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1045" name="Рисунок 1044">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CAE47663-F0AA-C955-5C1D-8A3F1768ECA3}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId68"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId64"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="38100" y="80505299"/>
           <a:ext cx="1149655" cy="847725"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>247650</xdr:colOff>
-      <xdr:row>113</xdr:row>
+      <xdr:row>162</xdr:row>
       <xdr:rowOff>47626</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>1038224</xdr:colOff>
-      <xdr:row>113</xdr:row>
-      <xdr:rowOff>838200</xdr:rowOff>
+      <xdr:row>166</xdr:row>
+      <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1047" name="Рисунок 1046" descr="Ароматерапія (Air, Sport, Wellness, Magic, You)">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9BE37439-1432-793A-7F45-0B3817721FAE}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId69" cstate="print">
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId65" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="247650" y="81657826"/>
           <a:ext cx="790574" cy="790574"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>247650</xdr:colOff>
-      <xdr:row>114</xdr:row>
+      <xdr:row>143</xdr:row>
       <xdr:rowOff>38100</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>1057276</xdr:colOff>
-      <xdr:row>114</xdr:row>
+      <xdr:row>143</xdr:row>
       <xdr:rowOff>847726</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1049" name="Рисунок 1048">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FF8D822F-15B8-F32D-A71C-86BCB1E358E6}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId70"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId66"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="247650" y="82534125"/>
           <a:ext cx="809626" cy="809626"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>276225</xdr:colOff>
-      <xdr:row>115</xdr:row>
+      <xdr:row>144</xdr:row>
       <xdr:rowOff>38099</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>1076326</xdr:colOff>
-      <xdr:row>115</xdr:row>
+      <xdr:row>144</xdr:row>
       <xdr:rowOff>838200</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1051" name="Рисунок 1050">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{31C258BD-EA23-9DAE-462A-DCF32CD7F0A0}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId71"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId67"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="276225" y="83419949"/>
           <a:ext cx="800101" cy="800101"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>133351</xdr:colOff>
-      <xdr:row>116</xdr:row>
+      <xdr:row>145</xdr:row>
       <xdr:rowOff>9524</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>1120761</xdr:colOff>
-      <xdr:row>116</xdr:row>
+      <xdr:row>145</xdr:row>
       <xdr:rowOff>847725</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1052" name="Рисунок 1051">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8C0DE390-6397-6E69-948B-17ED80594D6D}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId72"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId68"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="133351" y="84277199"/>
           <a:ext cx="987410" cy="838201"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>200026</xdr:colOff>
-      <xdr:row>117</xdr:row>
+      <xdr:row>146</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>1028700</xdr:colOff>
-      <xdr:row>117</xdr:row>
+      <xdr:row>146</xdr:row>
       <xdr:rowOff>857249</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1053" name="Рисунок 1052">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FDA2C2B6-D4E1-4B25-ACAF-89969B626A0F}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId73"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId69"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="200026" y="85410675"/>
           <a:ext cx="828674" cy="828674"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>180975</xdr:colOff>
-      <xdr:row>118</xdr:row>
+      <xdr:row>147</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>1010103</xdr:colOff>
-      <xdr:row>118</xdr:row>
+      <xdr:row>147</xdr:row>
       <xdr:rowOff>857703</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1055" name="Рисунок 1054">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B8FE43FB-EE15-02E2-D256-ADDED5F72ABF}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId74"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId70"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="180975" y="86296500"/>
           <a:ext cx="829128" cy="829128"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>28575</xdr:colOff>
-      <xdr:row>119</xdr:row>
+      <xdr:row>148</xdr:row>
       <xdr:rowOff>57149</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>1161099</xdr:colOff>
-      <xdr:row>119</xdr:row>
+      <xdr:row>148</xdr:row>
       <xdr:rowOff>838200</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1056" name="Рисунок 1055">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D5922F5E-E4EE-02AF-493C-37ABEAFAA006}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId75"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId71"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="28575" y="87210899"/>
           <a:ext cx="1132524" cy="781051"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>57150</xdr:colOff>
+      <xdr:row>106</xdr:row>
+      <xdr:rowOff>30378</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1107538" cy="1274547"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="28" name="Рисунок 27">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{38A79C79-165C-4649-AB03-66B89399750A}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId72"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="57150" y="18346953"/>
+          <a:ext cx="1107538" cy="1274547"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>57150</xdr:colOff>
+      <xdr:row>107</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1107538" cy="1274547"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="29" name="Рисунок 28">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E59C3891-9597-4A12-9949-C708AB834609}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId72"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="57150" y="18316575"/>
+          <a:ext cx="1107538" cy="1274547"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>107</xdr:row>
+      <xdr:rowOff>38099</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1114425" cy="1350819"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="30" name="Рисунок 29">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9219C400-5A54-4C6A-915D-7D0742B9E3A4}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId73"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="47625" y="18354674"/>
+          <a:ext cx="1114425" cy="1350819"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>38100</xdr:colOff>
+      <xdr:row>14</xdr:row>
+      <xdr:rowOff>28575</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1114425" cy="1710312"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="32" name="Рисунок 31">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{069BD9CC-7F1E-4E4A-8305-1648E0171350}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId74"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="38100" y="17411700"/>
+          <a:ext cx="1114425" cy="1710312"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>47623</xdr:colOff>
+      <xdr:row>16</xdr:row>
+      <xdr:rowOff>41734</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1104901" cy="1729916"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="33" name="Рисунок 32">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{711DE1ED-961A-4C37-9CE4-BB397312BFB3}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId75"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="47623" y="11843209"/>
+          <a:ext cx="1104901" cy="1729916"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>19</xdr:row>
+      <xdr:rowOff>47626</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>1098860</xdr:colOff>
+      <xdr:row>19</xdr:row>
+      <xdr:rowOff>1647826</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="1050" name="Рисунок 1049">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DF2B94A1-2A7B-60CC-54EB-3F62B5430A56}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId76"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="95250" y="13877926"/>
+          <a:ext cx="1003610" cy="1600200"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>66675</xdr:colOff>
+      <xdr:row>20</xdr:row>
+      <xdr:rowOff>28574</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>1183793</xdr:colOff>
+      <xdr:row>21</xdr:row>
+      <xdr:rowOff>800100</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="1062" name="Рисунок 1061">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3A78049F-3C34-AA74-2D83-C2995B7B6832}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId77"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="66675" y="13392149"/>
+          <a:ext cx="1117118" cy="1628776"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>28576</xdr:colOff>
+      <xdr:row>23</xdr:row>
+      <xdr:rowOff>40538</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>1184050</xdr:colOff>
+      <xdr:row>23</xdr:row>
+      <xdr:rowOff>1666875</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="1066" name="Рисунок 1065">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{45CB66FF-4063-CF06-B375-CFEF7AAA7317}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId78"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="28576" y="15328163"/>
+          <a:ext cx="1155474" cy="1626337"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>66676</xdr:colOff>
+      <xdr:row>24</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>1143000</xdr:colOff>
+      <xdr:row>25</xdr:row>
+      <xdr:rowOff>247</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="1067" name="Рисунок 1066">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2108459A-3B41-94B9-B7FF-57375C2C5891}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId79"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="66676" y="17011650"/>
+          <a:ext cx="1076324" cy="1705222"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>25</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>1102020</xdr:colOff>
+      <xdr:row>25</xdr:row>
+      <xdr:rowOff>1666766</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="1068" name="Рисунок 1067">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{77C55DF3-58F5-3213-5C4C-561F4D7AE23C}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId80"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="47625" y="18764250"/>
+          <a:ext cx="1054395" cy="1619141"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>63114</xdr:colOff>
+      <xdr:row>26</xdr:row>
+      <xdr:rowOff>19051</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>1143000</xdr:colOff>
+      <xdr:row>26</xdr:row>
+      <xdr:rowOff>1674053</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="1069" name="Рисунок 1068">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8913190D-2A86-CBC0-D4ED-F26F7B95D207}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId81"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="63114" y="20450176"/>
+          <a:ext cx="1079886" cy="1655002"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>52688</xdr:colOff>
+      <xdr:row>35</xdr:row>
+      <xdr:rowOff>66676</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>1114425</xdr:colOff>
+      <xdr:row>36</xdr:row>
+      <xdr:rowOff>852343</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="1071" name="Рисунок 1070">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8DD9B2FD-AF94-A59D-1917-61A3B91F0190}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId82"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="52688" y="26174701"/>
+          <a:ext cx="1061737" cy="1671492"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>57150</xdr:colOff>
+      <xdr:row>37</xdr:row>
+      <xdr:rowOff>28575</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>1105162</xdr:colOff>
+      <xdr:row>38</xdr:row>
+      <xdr:rowOff>847725</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="1072" name="Рисунок 1071">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F650088C-FE4D-D10D-EC0E-420A47EC6982}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId83"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="57150" y="27908250"/>
+          <a:ext cx="1048012" cy="1704975"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>180975</xdr:colOff>
+      <xdr:row>47</xdr:row>
+      <xdr:rowOff>39914</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>962025</xdr:colOff>
+      <xdr:row>49</xdr:row>
+      <xdr:rowOff>494756</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="1073" name="Рисунок 1072">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D725029D-135C-84C6-5B58-8E28D9695388}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId84"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="180975" y="33463139"/>
+          <a:ext cx="781050" cy="1616892"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>161925</xdr:colOff>
+      <xdr:row>50</xdr:row>
+      <xdr:rowOff>47626</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>990599</xdr:colOff>
+      <xdr:row>52</xdr:row>
+      <xdr:rowOff>519318</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="1074" name="Рисунок 1073">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7F7C02B8-1F73-44BE-F6C3-A7C800CD9BF2}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId85"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="161925" y="35213926"/>
+          <a:ext cx="828674" cy="1633742"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>28575</xdr:colOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>66674</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>1197774</xdr:colOff>
+      <xdr:row>4</xdr:row>
+      <xdr:rowOff>837525</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="1075" name="Рисунок 1074">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3B9B1E77-3872-76AB-B286-FB41ECC2FF66}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId86"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="28575" y="838199"/>
+          <a:ext cx="1169199" cy="1723351"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>28575</xdr:colOff>
+      <xdr:row>82</xdr:row>
+      <xdr:rowOff>45451</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>1190625</xdr:colOff>
+      <xdr:row>82</xdr:row>
+      <xdr:rowOff>552450</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="1076" name="Рисунок 1075">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5134E631-51EE-2A95-5678-AD37AEF200E5}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId87"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="28575" y="56757301"/>
+          <a:ext cx="1162050" cy="506999"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
@@ -5163,1628 +6104,1968 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:J127"/>
+  <dimension ref="A1:J156"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="18" style="4" customWidth="1"/>
-    <col min="2" max="2" width="17.140625" style="19" customWidth="1"/>
-    <col min="3" max="3" width="58" style="4" customWidth="1"/>
+    <col min="2" max="2" width="17.140625" style="16" customWidth="1"/>
+    <col min="3" max="3" width="59.85546875" style="4" customWidth="1"/>
     <col min="4" max="4" width="16.5703125" style="4" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="4"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4" ht="18" x14ac:dyDescent="0.25">
-      <c r="A1" s="68" t="s">
+    <row r="1" spans="1:4" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1" s="98" t="s">
+        <v>285</v>
+      </c>
+      <c r="B1" s="98"/>
+      <c r="C1" s="98"/>
+      <c r="D1" s="98"/>
+    </row>
+    <row r="2" spans="1:4" ht="26.25" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="68" t="s">
         <v>179</v>
       </c>
-      <c r="B1" s="68"/>
-[...4 lines deleted...]
-      <c r="A2" s="14" t="s">
+      <c r="B2" s="69" t="s">
+        <v>0</v>
+      </c>
+      <c r="C2" s="69" t="s">
+        <v>1</v>
+      </c>
+      <c r="D2" s="70" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="84" t="s">
+        <v>275</v>
+      </c>
+      <c r="B3" s="84"/>
+      <c r="C3" s="84"/>
+      <c r="D3" s="85"/>
+    </row>
+    <row r="4" spans="1:4" ht="75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A4" s="86"/>
+      <c r="B4" s="8" t="s">
+        <v>277</v>
+      </c>
+      <c r="C4" s="29" t="s">
+        <v>276</v>
+      </c>
+      <c r="D4" s="12">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" ht="72" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="87"/>
+      <c r="B5" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C5" s="30" t="s">
+        <v>279</v>
+      </c>
+      <c r="D5" s="13">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="96" t="s">
+        <v>234</v>
+      </c>
+      <c r="B6" s="96"/>
+      <c r="C6" s="96"/>
+      <c r="D6" s="97"/>
+    </row>
+    <row r="7" spans="1:4" ht="69.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="99"/>
+      <c r="B7" s="8" t="s">
+        <v>18</v>
+      </c>
+      <c r="C7" s="9" t="s">
+        <v>180</v>
+      </c>
+      <c r="D7" s="12">
+        <v>359</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" ht="69.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="101"/>
+      <c r="B8" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="C8" s="10" t="s">
+        <v>181</v>
+      </c>
+      <c r="D8" s="13">
+        <v>374</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" ht="69.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A9" s="99"/>
+      <c r="B9" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="C9" s="9" t="s">
         <v>182</v>
       </c>
-      <c r="B2" s="15" t="s">
-[...10 lines deleted...]
-      <c r="A3" s="66" t="s">
+      <c r="D9" s="12">
+        <v>359</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" ht="69.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="101"/>
+      <c r="B10" s="11" t="s">
+        <v>21</v>
+      </c>
+      <c r="C10" s="10" t="s">
+        <v>183</v>
+      </c>
+      <c r="D10" s="13">
+        <v>374</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" ht="69.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="99"/>
+      <c r="B11" s="8" t="s">
+        <v>22</v>
+      </c>
+      <c r="C11" s="9" t="s">
+        <v>184</v>
+      </c>
+      <c r="D11" s="12">
+        <v>352</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" ht="69.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="101"/>
+      <c r="B12" s="11" t="s">
+        <v>24</v>
+      </c>
+      <c r="C12" s="10" t="s">
+        <v>185</v>
+      </c>
+      <c r="D12" s="13">
+        <v>366</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" ht="69.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A13" s="99"/>
+      <c r="B13" s="8" t="s">
+        <v>23</v>
+      </c>
+      <c r="C13" s="9" t="s">
+        <v>186</v>
+      </c>
+      <c r="D13" s="12">
+        <v>352</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" ht="69.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="101"/>
+      <c r="B14" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="C14" s="10" t="s">
+        <v>187</v>
+      </c>
+      <c r="D14" s="13">
+        <v>366</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" ht="69.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A15" s="80"/>
+      <c r="B15" s="8" t="s">
+        <v>38</v>
+      </c>
+      <c r="C15" s="9" t="s">
+        <v>188</v>
+      </c>
+      <c r="D15" s="12">
+        <v>433</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" ht="69.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="82"/>
+      <c r="B16" s="11" t="s">
+        <v>40</v>
+      </c>
+      <c r="C16" s="10" t="s">
+        <v>189</v>
+      </c>
+      <c r="D16" s="13">
+        <v>448</v>
+      </c>
+    </row>
+    <row r="17" spans="1:4" ht="73.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A17" s="80"/>
+      <c r="B17" s="8" t="s">
+        <v>39</v>
+      </c>
+      <c r="C17" s="9" t="s">
+        <v>190</v>
+      </c>
+      <c r="D17" s="12">
+        <v>433</v>
+      </c>
+    </row>
+    <row r="18" spans="1:4" ht="69.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="82"/>
+      <c r="B18" s="11" t="s">
+        <v>41</v>
+      </c>
+      <c r="C18" s="10" t="s">
+        <v>191</v>
+      </c>
+      <c r="D18" s="13">
+        <v>448</v>
+      </c>
+    </row>
+    <row r="19" spans="1:4" ht="16.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="84" t="s">
+        <v>257</v>
+      </c>
+      <c r="B19" s="88"/>
+      <c r="C19" s="88"/>
+      <c r="D19" s="88"/>
+    </row>
+    <row r="20" spans="1:4" ht="135" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="63"/>
+      <c r="B20" s="42" t="s">
+        <v>235</v>
+      </c>
+      <c r="C20" s="64" t="s">
+        <v>236</v>
+      </c>
+      <c r="D20" s="42">
+        <v>367</v>
+      </c>
+    </row>
+    <row r="21" spans="1:4" ht="68.099999999999994" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A21" s="89"/>
+      <c r="B21" s="65" t="s">
+        <v>238</v>
+      </c>
+      <c r="C21" s="66" t="s">
+        <v>237</v>
+      </c>
+      <c r="D21" s="65">
+        <v>388</v>
+      </c>
+    </row>
+    <row r="22" spans="1:4" ht="68.099999999999994" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="90"/>
+      <c r="B22" s="61" t="s">
+        <v>239</v>
+      </c>
+      <c r="C22" s="62" t="s">
+        <v>240</v>
+      </c>
+      <c r="D22" s="61">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="23" spans="1:4" ht="16.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="84" t="s">
+        <v>258</v>
+      </c>
+      <c r="B23" s="84"/>
+      <c r="C23" s="84"/>
+      <c r="D23" s="84"/>
+    </row>
+    <row r="24" spans="1:4" ht="135" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="59"/>
+      <c r="B24" s="39" t="s">
+        <v>241</v>
+      </c>
+      <c r="C24" s="60" t="s">
+        <v>242</v>
+      </c>
+      <c r="D24" s="39">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="25" spans="1:4" ht="135" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="67"/>
+      <c r="B25" s="39" t="s">
+        <v>243</v>
+      </c>
+      <c r="C25" s="39" t="s">
+        <v>244</v>
+      </c>
+      <c r="D25" s="39">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="26" spans="1:4" ht="135" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="67"/>
+      <c r="B26" s="39" t="s">
+        <v>245</v>
+      </c>
+      <c r="C26" s="60" t="s">
+        <v>247</v>
+      </c>
+      <c r="D26" s="39">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="27" spans="1:4" ht="135" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="67"/>
+      <c r="B27" s="39" t="s">
+        <v>246</v>
+      </c>
+      <c r="C27" s="60" t="s">
+        <v>248</v>
+      </c>
+      <c r="D27" s="39">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="28" spans="1:4" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="84" t="s">
+        <v>249</v>
+      </c>
+      <c r="B28" s="84"/>
+      <c r="C28" s="84"/>
+      <c r="D28" s="85"/>
+    </row>
+    <row r="29" spans="1:4" ht="47.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A29" s="100"/>
+      <c r="B29" s="58" t="s">
+        <v>26</v>
+      </c>
+      <c r="C29" s="26" t="s">
+        <v>192</v>
+      </c>
+      <c r="D29" s="27">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="30" spans="1:4" ht="47.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A30" s="100"/>
+      <c r="B30" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="C30" s="2" t="s">
+        <v>193</v>
+      </c>
+      <c r="D30" s="1">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="31" spans="1:4" ht="47.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="101"/>
+      <c r="B31" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="C31" s="10" t="s">
+        <v>194</v>
+      </c>
+      <c r="D31" s="13">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="32" spans="1:4" ht="46.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A32" s="99"/>
+      <c r="B32" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="C32" s="9" t="s">
+        <v>195</v>
+      </c>
+      <c r="D32" s="12">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="33" spans="1:4" ht="46.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A33" s="100"/>
+      <c r="B33" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="C33" s="2" t="s">
+        <v>196</v>
+      </c>
+      <c r="D33" s="1">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="34" spans="1:4" ht="46.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="101"/>
+      <c r="B34" s="11" t="s">
+        <v>31</v>
+      </c>
+      <c r="C34" s="10" t="s">
+        <v>197</v>
+      </c>
+      <c r="D34" s="13">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="35" spans="1:4" ht="16.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A35" s="77" t="s">
+        <v>261</v>
+      </c>
+      <c r="B35" s="77"/>
+      <c r="C35" s="77"/>
+      <c r="D35" s="93"/>
+    </row>
+    <row r="36" spans="1:4" ht="69.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A36" s="80"/>
+      <c r="B36" s="58" t="s">
+        <v>251</v>
+      </c>
+      <c r="C36" s="26" t="s">
+        <v>252</v>
+      </c>
+      <c r="D36" s="27">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="37" spans="1:4" ht="69.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A37" s="82"/>
+      <c r="B37" s="11" t="s">
+        <v>253</v>
+      </c>
+      <c r="C37" s="10" t="s">
+        <v>256</v>
+      </c>
+      <c r="D37" s="13">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="38" spans="1:4" ht="69.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A38" s="80"/>
+      <c r="B38" s="58" t="s">
+        <v>254</v>
+      </c>
+      <c r="C38" s="26" t="s">
+        <v>259</v>
+      </c>
+      <c r="D38" s="27">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="39" spans="1:4" ht="69.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A39" s="82"/>
+      <c r="B39" s="11" t="s">
+        <v>255</v>
+      </c>
+      <c r="C39" s="10" t="s">
+        <v>260</v>
+      </c>
+      <c r="D39" s="13">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="40" spans="1:4" ht="16.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A40" s="91" t="s">
+        <v>250</v>
+      </c>
+      <c r="B40" s="91"/>
+      <c r="C40" s="91"/>
+      <c r="D40" s="92"/>
+    </row>
+    <row r="41" spans="1:4" ht="42" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A41" s="80"/>
+      <c r="B41" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="C41" s="9" t="s">
+        <v>198</v>
+      </c>
+      <c r="D41" s="12">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="42" spans="1:4" ht="42" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A42" s="81"/>
+      <c r="B42" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="C42" s="2" t="s">
+        <v>199</v>
+      </c>
+      <c r="D42" s="1">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="43" spans="1:4" ht="42.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A43" s="82"/>
+      <c r="B43" s="11" t="s">
+        <v>36</v>
+      </c>
+      <c r="C43" s="10" t="s">
+        <v>200</v>
+      </c>
+      <c r="D43" s="13">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="44" spans="1:4" ht="45.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A44" s="80"/>
+      <c r="B44" s="8" t="s">
+        <v>33</v>
+      </c>
+      <c r="C44" s="9" t="s">
+        <v>201</v>
+      </c>
+      <c r="D44" s="12">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="45" spans="1:4" ht="45.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A45" s="81"/>
+      <c r="B45" s="6" t="s">
+        <v>35</v>
+      </c>
+      <c r="C45" s="2" t="s">
+        <v>202</v>
+      </c>
+      <c r="D45" s="1">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="46" spans="1:4" ht="45.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A46" s="82"/>
+      <c r="B46" s="11" t="s">
+        <v>37</v>
+      </c>
+      <c r="C46" s="10" t="s">
+        <v>203</v>
+      </c>
+      <c r="D46" s="13">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="47" spans="1:4" ht="16.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A47" s="77" t="s">
+        <v>262</v>
+      </c>
+      <c r="B47" s="78"/>
+      <c r="C47" s="78"/>
+      <c r="D47" s="79"/>
+    </row>
+    <row r="48" spans="1:4" ht="45.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A48" s="80"/>
+      <c r="B48" s="8" t="s">
+        <v>263</v>
+      </c>
+      <c r="C48" s="9" t="s">
+        <v>269</v>
+      </c>
+      <c r="D48" s="12">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="49" spans="1:4" ht="45.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A49" s="81"/>
+      <c r="B49" s="6" t="s">
+        <v>264</v>
+      </c>
+      <c r="C49" s="2" t="s">
+        <v>270</v>
+      </c>
+      <c r="D49" s="1">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="50" spans="1:4" ht="45.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A50" s="82"/>
+      <c r="B50" s="11" t="s">
+        <v>265</v>
+      </c>
+      <c r="C50" s="10" t="s">
+        <v>271</v>
+      </c>
+      <c r="D50" s="13">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="51" spans="1:4" ht="45.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A51" s="81"/>
+      <c r="B51" s="58" t="s">
+        <v>266</v>
+      </c>
+      <c r="C51" s="26" t="s">
+        <v>272</v>
+      </c>
+      <c r="D51" s="27">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="52" spans="1:4" ht="45.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A52" s="81"/>
+      <c r="B52" s="6" t="s">
+        <v>267</v>
+      </c>
+      <c r="C52" s="2" t="s">
+        <v>273</v>
+      </c>
+      <c r="D52" s="1">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="53" spans="1:4" ht="45.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A53" s="83"/>
+      <c r="B53" s="6" t="s">
+        <v>268</v>
+      </c>
+      <c r="C53" s="2" t="s">
+        <v>274</v>
+      </c>
+      <c r="D53" s="1">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="54" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A54" s="94" t="s">
         <v>175</v>
       </c>
-      <c r="B3" s="66"/>
-[...11 lines deleted...]
-      <c r="D4" s="12">
+      <c r="B54" s="94"/>
+      <c r="C54" s="94"/>
+      <c r="D54" s="95"/>
+    </row>
+    <row r="55" spans="1:4" ht="93" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A55" s="19"/>
+      <c r="B55" s="20" t="s">
+        <v>14</v>
+      </c>
+      <c r="C55" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="D55" s="22">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="56" spans="1:4" ht="93" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A56" s="19"/>
+      <c r="B56" s="20" t="s">
+        <v>16</v>
+      </c>
+      <c r="C56" s="21" t="s">
+        <v>17</v>
+      </c>
+      <c r="D56" s="22">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="57" spans="1:4" ht="93" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A57" s="19"/>
+      <c r="B57" s="20" t="s">
+        <v>2</v>
+      </c>
+      <c r="C57" s="21" t="s">
+        <v>3</v>
+      </c>
+      <c r="D57" s="22">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="58" spans="1:4" ht="93" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A58" s="19"/>
+      <c r="B58" s="20" t="s">
+        <v>4</v>
+      </c>
+      <c r="C58" s="21" t="s">
+        <v>5</v>
+      </c>
+      <c r="D58" s="22">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="59" spans="1:4" ht="93" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A59" s="19"/>
+      <c r="B59" s="20" t="s">
+        <v>6</v>
+      </c>
+      <c r="C59" s="21" t="s">
+        <v>7</v>
+      </c>
+      <c r="D59" s="22">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="60" spans="1:4" ht="93" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A60" s="19"/>
+      <c r="B60" s="20" t="s">
+        <v>8</v>
+      </c>
+      <c r="C60" s="21" t="s">
+        <v>9</v>
+      </c>
+      <c r="D60" s="22">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="61" spans="1:4" ht="93" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A61" s="19"/>
+      <c r="B61" s="20" t="s">
+        <v>10</v>
+      </c>
+      <c r="C61" s="21" t="s">
+        <v>11</v>
+      </c>
+      <c r="D61" s="22">
+        <v>309</v>
+      </c>
+    </row>
+    <row r="62" spans="1:4" ht="93" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A62" s="19"/>
+      <c r="B62" s="20" t="s">
+        <v>12</v>
+      </c>
+      <c r="C62" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="D62" s="22">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="63" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A63" s="96" t="s">
+        <v>174</v>
+      </c>
+      <c r="B63" s="96"/>
+      <c r="C63" s="96"/>
+      <c r="D63" s="97"/>
+    </row>
+    <row r="64" spans="1:4" ht="127.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A64" s="19"/>
+      <c r="B64" s="20" t="s">
+        <v>44</v>
+      </c>
+      <c r="C64" s="21" t="s">
+        <v>206</v>
+      </c>
+      <c r="D64" s="22">
+        <v>858</v>
+      </c>
+    </row>
+    <row r="65" spans="1:6" ht="129.94999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A65" s="19"/>
+      <c r="B65" s="20" t="s">
+        <v>45</v>
+      </c>
+      <c r="C65" s="21" t="s">
+        <v>207</v>
+      </c>
+      <c r="D65" s="22">
+        <v>858</v>
+      </c>
+    </row>
+    <row r="66" spans="1:6" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A66" s="94" t="s">
+        <v>281</v>
+      </c>
+      <c r="B66" s="94"/>
+      <c r="C66" s="94"/>
+      <c r="D66" s="95"/>
+    </row>
+    <row r="67" spans="1:6" ht="44.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A67" s="19"/>
+      <c r="B67" s="20" t="s">
+        <v>46</v>
+      </c>
+      <c r="C67" s="21" t="s">
+        <v>47</v>
+      </c>
+      <c r="D67" s="22">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="68" spans="1:6" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A68" s="80"/>
+      <c r="B68" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="C68" s="9" t="s">
+        <v>49</v>
+      </c>
+      <c r="D68" s="12">
+        <v>319</v>
+      </c>
+      <c r="F68"/>
+    </row>
+    <row r="69" spans="1:6" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A69" s="81"/>
+      <c r="B69" s="6" t="s">
+        <v>50</v>
+      </c>
+      <c r="C69" s="2" t="s">
+        <v>51</v>
+      </c>
+      <c r="D69" s="1">
         <v>359</v>
       </c>
     </row>
-    <row r="5" spans="1:4" ht="69.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-[...25 lines deleted...]
-      <c r="B7" s="11" t="s">
+    <row r="70" spans="1:6" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A70" s="81"/>
+      <c r="B70" s="15" t="s">
+        <v>52</v>
+      </c>
+      <c r="C70" s="2" t="s">
+        <v>53</v>
+      </c>
+      <c r="D70" s="1">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="71" spans="1:6" ht="12.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A71" s="82"/>
+      <c r="B71" s="28" t="s">
+        <v>54</v>
+      </c>
+      <c r="C71" s="10" t="s">
+        <v>55</v>
+      </c>
+      <c r="D71" s="13">
+        <v>399</v>
+      </c>
+    </row>
+    <row r="72" spans="1:6" ht="21.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A72" s="80"/>
+      <c r="B72" s="33" t="s">
+        <v>56</v>
+      </c>
+      <c r="C72" s="9" t="s">
+        <v>57</v>
+      </c>
+      <c r="D72" s="12">
+        <v>459</v>
+      </c>
+    </row>
+    <row r="73" spans="1:6" ht="21.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A73" s="81"/>
+      <c r="B73" s="15" t="s">
+        <v>60</v>
+      </c>
+      <c r="C73" s="2" t="s">
+        <v>61</v>
+      </c>
+      <c r="D73" s="1">
+        <v>489</v>
+      </c>
+    </row>
+    <row r="74" spans="1:6" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A74" s="82"/>
+      <c r="B74" s="28" t="s">
+        <v>64</v>
+      </c>
+      <c r="C74" s="10" t="s">
+        <v>65</v>
+      </c>
+      <c r="D74" s="13">
+        <v>539</v>
+      </c>
+    </row>
+    <row r="75" spans="1:6" ht="21.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A75" s="81"/>
+      <c r="B75" s="32" t="s">
+        <v>58</v>
+      </c>
+      <c r="C75" s="26" t="s">
+        <v>59</v>
+      </c>
+      <c r="D75" s="27">
+        <v>459</v>
+      </c>
+    </row>
+    <row r="76" spans="1:6" ht="21.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A76" s="81"/>
+      <c r="B76" s="15" t="s">
+        <v>62</v>
+      </c>
+      <c r="C76" s="2" t="s">
+        <v>63</v>
+      </c>
+      <c r="D76" s="1">
+        <v>489</v>
+      </c>
+    </row>
+    <row r="77" spans="1:6" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A77" s="82"/>
+      <c r="B77" s="28" t="s">
+        <v>66</v>
+      </c>
+      <c r="C77" s="10" t="s">
+        <v>67</v>
+      </c>
+      <c r="D77" s="13">
+        <v>539</v>
+      </c>
+    </row>
+    <row r="78" spans="1:6" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A78" s="80"/>
+      <c r="B78" s="8" t="s">
+        <v>68</v>
+      </c>
+      <c r="C78" s="29" t="s">
+        <v>69</v>
+      </c>
+      <c r="D78" s="12">
+        <v>317</v>
+      </c>
+    </row>
+    <row r="79" spans="1:6" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A79" s="81"/>
+      <c r="B79" s="6" t="s">
+        <v>70</v>
+      </c>
+      <c r="C79" s="7" t="s">
+        <v>71</v>
+      </c>
+      <c r="D79" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="80" spans="1:6" ht="17.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A80" s="82"/>
+      <c r="B80" s="11" t="s">
+        <v>72</v>
+      </c>
+      <c r="C80" s="30" t="s">
+        <v>73</v>
+      </c>
+      <c r="D80" s="13">
+        <v>387</v>
+      </c>
+    </row>
+    <row r="81" spans="1:10" ht="48.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A81" s="19"/>
+      <c r="B81" s="20" t="s">
+        <v>74</v>
+      </c>
+      <c r="C81" s="31" t="s">
+        <v>75</v>
+      </c>
+      <c r="D81" s="22">
+        <v>423</v>
+      </c>
+      <c r="J81"/>
+    </row>
+    <row r="82" spans="1:10" ht="16.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A82" s="74" t="s">
+        <v>282</v>
+      </c>
+      <c r="B82" s="75"/>
+      <c r="C82" s="75"/>
+      <c r="D82" s="76"/>
+      <c r="J82"/>
+    </row>
+    <row r="83" spans="1:10" ht="48.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A83" s="19"/>
+      <c r="B83" s="20" t="s">
+        <v>283</v>
+      </c>
+      <c r="C83" s="31" t="s">
+        <v>284</v>
+      </c>
+      <c r="D83" s="22">
+        <v>339</v>
+      </c>
+      <c r="J83"/>
+    </row>
+    <row r="84" spans="1:10" ht="16.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A84" s="71" t="s">
+        <v>280</v>
+      </c>
+      <c r="B84" s="72"/>
+      <c r="C84" s="72"/>
+      <c r="D84" s="73"/>
+      <c r="J84"/>
+    </row>
+    <row r="85" spans="1:10" ht="23.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A85" s="81"/>
+      <c r="B85" s="32" t="s">
+        <v>76</v>
+      </c>
+      <c r="C85" s="34" t="s">
+        <v>77</v>
+      </c>
+      <c r="D85" s="27">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="86" spans="1:10" ht="23.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A86" s="81"/>
+      <c r="B86" s="15" t="s">
+        <v>80</v>
+      </c>
+      <c r="C86" s="35" t="s">
+        <v>81</v>
+      </c>
+      <c r="D86" s="1">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="87" spans="1:10" ht="23.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A87" s="82"/>
+      <c r="B87" s="28" t="s">
+        <v>84</v>
+      </c>
+      <c r="C87" s="36" t="s">
+        <v>85</v>
+      </c>
+      <c r="D87" s="13">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="88" spans="1:10" ht="23.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A88" s="80"/>
+      <c r="B88" s="33" t="s">
+        <v>78</v>
+      </c>
+      <c r="C88" s="37" t="s">
+        <v>79</v>
+      </c>
+      <c r="D88" s="12">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="89" spans="1:10" ht="23.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A89" s="81"/>
+      <c r="B89" s="15" t="s">
+        <v>82</v>
+      </c>
+      <c r="C89" s="35" t="s">
+        <v>83</v>
+      </c>
+      <c r="D89" s="1">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="90" spans="1:10" ht="20.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A90" s="82"/>
+      <c r="B90" s="28" t="s">
+        <v>86</v>
+      </c>
+      <c r="C90" s="36" t="s">
+        <v>87</v>
+      </c>
+      <c r="D90" s="13">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="91" spans="1:10" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A91" s="80"/>
+      <c r="B91" s="33" t="s">
+        <v>88</v>
+      </c>
+      <c r="C91" s="37" t="s">
+        <v>89</v>
+      </c>
+      <c r="D91" s="12">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="92" spans="1:10" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A92" s="81"/>
+      <c r="B92" s="15" t="s">
+        <v>90</v>
+      </c>
+      <c r="C92" s="35" t="s">
+        <v>91</v>
+      </c>
+      <c r="D92" s="1">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="93" spans="1:10" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A93" s="81"/>
+      <c r="B93" s="15" t="s">
+        <v>92</v>
+      </c>
+      <c r="C93" s="35" t="s">
+        <v>93</v>
+      </c>
+      <c r="D93" s="1">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="94" spans="1:10" ht="12.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A94" s="82"/>
+      <c r="B94" s="28" t="s">
+        <v>94</v>
+      </c>
+      <c r="C94" s="36" t="s">
+        <v>95</v>
+      </c>
+      <c r="D94" s="13">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="95" spans="1:10" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A95" s="94" t="s">
+        <v>176</v>
+      </c>
+      <c r="B95" s="94"/>
+      <c r="C95" s="94"/>
+      <c r="D95" s="95"/>
+    </row>
+    <row r="96" spans="1:10" ht="68.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A96" s="19"/>
+      <c r="B96" s="39" t="s">
+        <v>157</v>
+      </c>
+      <c r="C96" s="40" t="s">
+        <v>158</v>
+      </c>
+      <c r="D96" s="41">
+        <v>1179</v>
+      </c>
+    </row>
+    <row r="97" spans="1:8" ht="66" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A97" s="19"/>
+      <c r="B97" s="39" t="s">
+        <v>159</v>
+      </c>
+      <c r="C97" s="40" t="s">
+        <v>160</v>
+      </c>
+      <c r="D97" s="41">
+        <v>1179</v>
+      </c>
+    </row>
+    <row r="98" spans="1:8" ht="60" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A98" s="19"/>
+      <c r="B98" s="39" t="s">
+        <v>161</v>
+      </c>
+      <c r="C98" s="40" t="s">
+        <v>162</v>
+      </c>
+      <c r="D98" s="41">
+        <v>1099</v>
+      </c>
+    </row>
+    <row r="99" spans="1:8" ht="58.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A99" s="19"/>
+      <c r="B99" s="39" t="s">
+        <v>163</v>
+      </c>
+      <c r="C99" s="40" t="s">
+        <v>164</v>
+      </c>
+      <c r="D99" s="41">
+        <v>1179</v>
+      </c>
+    </row>
+    <row r="100" spans="1:8" ht="66.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A100" s="17"/>
+      <c r="B100" s="42" t="s">
+        <v>165</v>
+      </c>
+      <c r="C100" s="43" t="s">
+        <v>166</v>
+      </c>
+      <c r="D100" s="44">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="101" spans="1:8" ht="72" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A101" s="19"/>
+      <c r="B101" s="39" t="s">
+        <v>167</v>
+      </c>
+      <c r="C101" s="40" t="s">
+        <v>168</v>
+      </c>
+      <c r="D101" s="41">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="102" spans="1:8" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A102" s="94" t="s">
+        <v>172</v>
+      </c>
+      <c r="B102" s="94"/>
+      <c r="C102" s="94"/>
+      <c r="D102" s="95"/>
+    </row>
+    <row r="103" spans="1:8" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A103" s="80"/>
+      <c r="B103" s="8" t="s">
+        <v>96</v>
+      </c>
+      <c r="C103" s="9" t="s">
+        <v>97</v>
+      </c>
+      <c r="D103" s="12">
+        <v>304</v>
+      </c>
+    </row>
+    <row r="104" spans="1:8" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A104" s="81"/>
+      <c r="B104" s="6" t="s">
+        <v>98</v>
+      </c>
+      <c r="C104" s="2" t="s">
+        <v>99</v>
+      </c>
+      <c r="D104" s="1">
+        <v>304</v>
+      </c>
+    </row>
+    <row r="105" spans="1:8" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A105" s="81"/>
+      <c r="B105" s="6" t="s">
+        <v>100</v>
+      </c>
+      <c r="C105" s="2" t="s">
+        <v>101</v>
+      </c>
+      <c r="D105" s="1">
+        <v>304</v>
+      </c>
+    </row>
+    <row r="106" spans="1:8" ht="24.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A106" s="82"/>
+      <c r="B106" s="11" t="s">
+        <v>102</v>
+      </c>
+      <c r="C106" s="10" t="s">
+        <v>103</v>
+      </c>
+      <c r="D106" s="13">
+        <v>304</v>
+      </c>
+    </row>
+    <row r="107" spans="1:8" ht="105" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A107" s="19"/>
+      <c r="B107" s="20" t="s">
+        <v>42</v>
+      </c>
+      <c r="C107" s="21" t="s">
+        <v>204</v>
+      </c>
+      <c r="D107" s="22">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="108" spans="1:8" ht="113.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A108" s="17"/>
+      <c r="B108" s="23" t="s">
+        <v>43</v>
+      </c>
+      <c r="C108" s="24" t="s">
+        <v>205</v>
+      </c>
+      <c r="D108" s="18">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="109" spans="1:8" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A109" s="94" t="s">
+        <v>170</v>
+      </c>
+      <c r="B109" s="94"/>
+      <c r="C109" s="94"/>
+      <c r="D109" s="95"/>
+    </row>
+    <row r="110" spans="1:8" ht="77.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A110" s="19"/>
+      <c r="B110" s="45" t="s">
+        <v>104</v>
+      </c>
+      <c r="C110" s="21" t="s">
+        <v>105</v>
+      </c>
+      <c r="D110" s="22">
+        <v>269</v>
+      </c>
+      <c r="H110"/>
+    </row>
+    <row r="111" spans="1:8" ht="81.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A111" s="19"/>
+      <c r="B111" s="45" t="s">
+        <v>106</v>
+      </c>
+      <c r="C111" s="21" t="s">
+        <v>107</v>
+      </c>
+      <c r="D111" s="22">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="112" spans="1:8" ht="95.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A112" s="46"/>
+      <c r="B112" s="45" t="s">
+        <v>108</v>
+      </c>
+      <c r="C112" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="D112" s="22">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="113" spans="1:4" ht="91.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A113" s="19"/>
+      <c r="B113" s="45" t="s">
+        <v>110</v>
+      </c>
+      <c r="C113" s="21" t="s">
+        <v>111</v>
+      </c>
+      <c r="D113" s="22">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="114" spans="1:4" ht="85.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A114" s="19"/>
+      <c r="B114" s="45" t="s">
+        <v>112</v>
+      </c>
+      <c r="C114" s="49" t="s">
+        <v>113</v>
+      </c>
+      <c r="D114" s="22">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="115" spans="1:4" ht="110.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A115" s="17"/>
+      <c r="B115" s="47" t="s">
+        <v>114</v>
+      </c>
+      <c r="C115" s="48" t="s">
+        <v>115</v>
+      </c>
+      <c r="D115" s="18">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="116" spans="1:4" ht="75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A116" s="19"/>
+      <c r="B116" s="50" t="s">
+        <v>116</v>
+      </c>
+      <c r="C116" s="51" t="s">
+        <v>117</v>
+      </c>
+      <c r="D116" s="22">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="117" spans="1:4" ht="65.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A117" s="19"/>
+      <c r="B117" s="50" t="s">
+        <v>118</v>
+      </c>
+      <c r="C117" s="51" t="s">
+        <v>119</v>
+      </c>
+      <c r="D117" s="22">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="118" spans="1:4" ht="68.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A118" s="19"/>
+      <c r="B118" s="50" t="s">
+        <v>120</v>
+      </c>
+      <c r="C118" s="21" t="s">
+        <v>121</v>
+      </c>
+      <c r="D118" s="22">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="119" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A119" s="94" t="s">
+        <v>171</v>
+      </c>
+      <c r="B119" s="94"/>
+      <c r="C119" s="94"/>
+      <c r="D119" s="95"/>
+    </row>
+    <row r="120" spans="1:4" ht="75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A120" s="19"/>
+      <c r="B120" s="50" t="s">
+        <v>122</v>
+      </c>
+      <c r="C120" s="51" t="s">
+        <v>123</v>
+      </c>
+      <c r="D120" s="22">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="121" spans="1:4" ht="69" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A121" s="19"/>
+      <c r="B121" s="50" t="s">
+        <v>124</v>
+      </c>
+      <c r="C121" s="51" t="s">
+        <v>125</v>
+      </c>
+      <c r="D121" s="22">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="122" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A122" s="94" t="s">
+        <v>169</v>
+      </c>
+      <c r="B122" s="94"/>
+      <c r="C122" s="94"/>
+      <c r="D122" s="95"/>
+    </row>
+    <row r="123" spans="1:4" s="52" customFormat="1" ht="94.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A123" s="53"/>
+      <c r="B123" s="20" t="s">
+        <v>138</v>
+      </c>
+      <c r="C123" s="51" t="s">
+        <v>208</v>
+      </c>
+      <c r="D123" s="41">
+        <v>609</v>
+      </c>
+    </row>
+    <row r="124" spans="1:4" s="52" customFormat="1" ht="95.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A124" s="53"/>
+      <c r="B124" s="20" t="s">
+        <v>139</v>
+      </c>
+      <c r="C124" s="51" t="s">
+        <v>209</v>
+      </c>
+      <c r="D124" s="41">
+        <v>829</v>
+      </c>
+    </row>
+    <row r="125" spans="1:4" s="52" customFormat="1" ht="95.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A125" s="53"/>
+      <c r="B125" s="20" t="s">
+        <v>140</v>
+      </c>
+      <c r="C125" s="51" t="s">
+        <v>210</v>
+      </c>
+      <c r="D125" s="41">
+        <v>1369</v>
+      </c>
+    </row>
+    <row r="126" spans="1:4" s="52" customFormat="1" ht="95.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A126" s="53"/>
+      <c r="B126" s="20" t="s">
+        <v>134</v>
+      </c>
+      <c r="C126" s="51" t="s">
+        <v>211</v>
+      </c>
+      <c r="D126" s="41">
+        <v>1049</v>
+      </c>
+    </row>
+    <row r="127" spans="1:4" s="52" customFormat="1" ht="95.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A127" s="53"/>
+      <c r="B127" s="20" t="s">
+        <v>135</v>
+      </c>
+      <c r="C127" s="51" t="s">
+        <v>212</v>
+      </c>
+      <c r="D127" s="41">
+        <v>1899</v>
+      </c>
+    </row>
+    <row r="128" spans="1:4" s="52" customFormat="1" ht="95.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A128" s="53"/>
+      <c r="B128" s="20" t="s">
+        <v>136</v>
+      </c>
+      <c r="C128" s="51" t="s">
+        <v>213</v>
+      </c>
+      <c r="D128" s="41">
+        <v>2489</v>
+      </c>
+    </row>
+    <row r="129" spans="1:7" s="52" customFormat="1" ht="95.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A129" s="53"/>
+      <c r="B129" s="20" t="s">
+        <v>127</v>
+      </c>
+      <c r="C129" s="51" t="s">
+        <v>214</v>
+      </c>
+      <c r="D129" s="41">
+        <v>1389</v>
+      </c>
+    </row>
+    <row r="130" spans="1:7" s="52" customFormat="1" ht="95.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A130" s="53"/>
+      <c r="B130" s="20" t="s">
+        <v>128</v>
+      </c>
+      <c r="C130" s="51" t="s">
+        <v>215</v>
+      </c>
+      <c r="D130" s="41">
+        <v>2239</v>
+      </c>
+    </row>
+    <row r="131" spans="1:7" s="52" customFormat="1" ht="95.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A131" s="53"/>
+      <c r="B131" s="20" t="s">
+        <v>129</v>
+      </c>
+      <c r="C131" s="51" t="s">
+        <v>216</v>
+      </c>
+      <c r="D131" s="41">
+        <v>2659</v>
+      </c>
+    </row>
+    <row r="132" spans="1:7" s="52" customFormat="1" ht="95.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A132" s="53"/>
+      <c r="B132" s="20" t="s">
+        <v>141</v>
+      </c>
+      <c r="C132" s="51" t="s">
+        <v>217</v>
+      </c>
+      <c r="D132" s="41">
+        <v>1609</v>
+      </c>
+    </row>
+    <row r="133" spans="1:7" s="52" customFormat="1" ht="95.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A133" s="53"/>
+      <c r="B133" s="20" t="s">
+        <v>142</v>
+      </c>
+      <c r="C133" s="51" t="s">
+        <v>218</v>
+      </c>
+      <c r="D133" s="41">
+        <v>2559</v>
+      </c>
+    </row>
+    <row r="134" spans="1:7" s="52" customFormat="1" ht="95.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A134" s="53"/>
+      <c r="B134" s="20" t="s">
+        <v>143</v>
+      </c>
+      <c r="C134" s="51" t="s">
+        <v>219</v>
+      </c>
+      <c r="D134" s="41">
+        <v>3379</v>
+      </c>
+    </row>
+    <row r="135" spans="1:7" s="52" customFormat="1" ht="95.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A135" s="53"/>
+      <c r="B135" s="20" t="s">
+        <v>130</v>
+      </c>
+      <c r="C135" s="51" t="s">
+        <v>221</v>
+      </c>
+      <c r="D135" s="41">
+        <v>2089</v>
+      </c>
+    </row>
+    <row r="136" spans="1:7" s="52" customFormat="1" ht="95.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A136" s="53"/>
+      <c r="B136" s="20" t="s">
+        <v>131</v>
+      </c>
+      <c r="C136" s="51" t="s">
+        <v>220</v>
+      </c>
+      <c r="D136" s="41">
+        <v>2859</v>
+      </c>
+    </row>
+    <row r="137" spans="1:7" s="52" customFormat="1" ht="95.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A137" s="53"/>
+      <c r="B137" s="20" t="s">
+        <v>132</v>
+      </c>
+      <c r="C137" s="51" t="s">
+        <v>222</v>
+      </c>
+      <c r="D137" s="41">
+        <v>2999</v>
+      </c>
+    </row>
+    <row r="138" spans="1:7" s="52" customFormat="1" ht="95.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A138" s="53"/>
+      <c r="B138" s="20" t="s">
+        <v>133</v>
+      </c>
+      <c r="C138" s="51" t="s">
+        <v>223</v>
+      </c>
+      <c r="D138" s="41">
+        <v>3489</v>
+      </c>
+    </row>
+    <row r="139" spans="1:7" s="52" customFormat="1" ht="78.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A139" s="53"/>
+      <c r="B139" s="20" t="s">
+        <v>126</v>
+      </c>
+      <c r="C139" s="51" t="s">
+        <v>224</v>
+      </c>
+      <c r="D139" s="41">
+        <v>2749</v>
+      </c>
+    </row>
+    <row r="140" spans="1:7" s="52" customFormat="1" ht="71.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A140" s="53"/>
+      <c r="B140" s="20" t="s">
+        <v>137</v>
+      </c>
+      <c r="C140" s="51" t="s">
+        <v>225</v>
+      </c>
+      <c r="D140" s="41">
+        <v>3849</v>
+      </c>
+    </row>
+    <row r="141" spans="1:7" s="52" customFormat="1" ht="75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A141" s="53"/>
+      <c r="B141" s="20" t="s">
+        <v>144</v>
+      </c>
+      <c r="C141" s="51" t="s">
+        <v>226</v>
+      </c>
+      <c r="D141" s="41">
+        <v>4079</v>
+      </c>
+    </row>
+    <row r="142" spans="1:7" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A142" s="94" t="s">
+        <v>173</v>
+      </c>
+      <c r="B142" s="94"/>
+      <c r="C142" s="94"/>
+      <c r="D142" s="95"/>
+    </row>
+    <row r="143" spans="1:7" ht="69.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A143" s="17"/>
+      <c r="B143" s="56" t="s">
+        <v>228</v>
+      </c>
+      <c r="C143" s="54" t="s">
+        <v>145</v>
+      </c>
+      <c r="D143" s="44">
+        <v>59</v>
+      </c>
+      <c r="G143"/>
+    </row>
+    <row r="144" spans="1:7" ht="69.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A144" s="19"/>
+      <c r="B144" s="57" t="s">
+        <v>227</v>
+      </c>
+      <c r="C144" s="51" t="s">
+        <v>146</v>
+      </c>
+      <c r="D144" s="41">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="145" spans="1:4" ht="69.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A145" s="19"/>
+      <c r="B145" s="57" t="s">
+        <v>229</v>
+      </c>
+      <c r="C145" s="51" t="s">
+        <v>147</v>
+      </c>
+      <c r="D145" s="41">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="146" spans="1:4" ht="69.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A146" s="19"/>
+      <c r="B146" s="20" t="s">
+        <v>230</v>
+      </c>
+      <c r="C146" s="51" t="s">
+        <v>148</v>
+      </c>
+      <c r="D146" s="41">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="147" spans="1:4" ht="69.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A147" s="19"/>
+      <c r="B147" s="20" t="s">
+        <v>232</v>
+      </c>
+      <c r="C147" s="51" t="s">
+        <v>150</v>
+      </c>
+      <c r="D147" s="41">
+        <v>659</v>
+      </c>
+    </row>
+    <row r="148" spans="1:4" ht="69.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A148" s="19"/>
+      <c r="B148" s="20" t="s">
+        <v>231</v>
+      </c>
+      <c r="C148" s="51" t="s">
+        <v>151</v>
+      </c>
+      <c r="D148" s="41">
+        <v>919</v>
+      </c>
+    </row>
+    <row r="149" spans="1:4" ht="69.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A149" s="19"/>
+      <c r="B149" s="20" t="s">
+        <v>233</v>
+      </c>
+      <c r="C149" s="51" t="s">
+        <v>178</v>
+      </c>
+      <c r="D149" s="41">
+        <v>469</v>
+      </c>
+    </row>
+    <row r="150" spans="1:4" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A150" s="25"/>
+      <c r="B150" s="55"/>
+      <c r="C150" s="34" t="s">
+        <v>149</v>
+      </c>
+      <c r="D150" s="38">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="151" spans="1:4" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A151" s="5"/>
+      <c r="B151" s="14"/>
+      <c r="C151" s="35" t="s">
+        <v>152</v>
+      </c>
+      <c r="D151" s="3">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="152" spans="1:4" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A152" s="5"/>
+      <c r="B152" s="14"/>
+      <c r="C152" s="35" t="s">
+        <v>153</v>
+      </c>
+      <c r="D152" s="3">
         <v>21</v>
       </c>
-      <c r="C7" s="10" t="s">
-[...331 lines deleted...]
-      <c r="C35" s="24" t="s">
+    </row>
+    <row r="153" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A153" s="5"/>
+      <c r="B153" s="14"/>
+      <c r="C153" s="35" t="s">
+        <v>154</v>
+      </c>
+      <c r="D153" s="3">
         <v>7</v>
       </c>
-      <c r="D35" s="25">
-[...1021 lines deleted...]
-      <c r="D123" s="3">
+    </row>
+    <row r="154" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A154" s="5"/>
+      <c r="B154" s="14"/>
+      <c r="C154" s="35" t="s">
+        <v>155</v>
+      </c>
+      <c r="D154" s="3">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="155" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A155" s="5"/>
+      <c r="B155" s="14"/>
+      <c r="C155" s="35" t="s">
+        <v>156</v>
+      </c>
+      <c r="D155" s="3">
         <v>21</v>
       </c>
     </row>
-    <row r="124" spans="1:7" x14ac:dyDescent="0.2">
-[...30 lines deleted...]
-      <c r="C127" s="55"/>
+    <row r="156" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="C156" s="52"/>
     </row>
   </sheetData>
-  <mergeCells count="29">
-[...8 lines deleted...]
-    <mergeCell ref="A68:D68"/>
+  <mergeCells count="44">
+    <mergeCell ref="A1:D1"/>
+    <mergeCell ref="A54:D54"/>
+    <mergeCell ref="A63:D63"/>
+    <mergeCell ref="A66:D66"/>
+    <mergeCell ref="A32:A34"/>
+    <mergeCell ref="A7:A8"/>
+    <mergeCell ref="A9:A10"/>
+    <mergeCell ref="A11:A12"/>
+    <mergeCell ref="A13:A14"/>
+    <mergeCell ref="A29:A31"/>
+    <mergeCell ref="A15:A16"/>
+    <mergeCell ref="A17:A18"/>
+    <mergeCell ref="A109:D109"/>
+    <mergeCell ref="A119:D119"/>
+    <mergeCell ref="A122:D122"/>
+    <mergeCell ref="A142:D142"/>
+    <mergeCell ref="A41:A43"/>
+    <mergeCell ref="A44:A46"/>
+    <mergeCell ref="A95:D95"/>
+    <mergeCell ref="A72:A74"/>
+    <mergeCell ref="A75:A77"/>
+    <mergeCell ref="A85:A87"/>
+    <mergeCell ref="A88:A90"/>
+    <mergeCell ref="A91:A94"/>
+    <mergeCell ref="A103:A106"/>
+    <mergeCell ref="A68:A71"/>
+    <mergeCell ref="A78:A80"/>
+    <mergeCell ref="A102:D102"/>
+    <mergeCell ref="A28:D28"/>
+    <mergeCell ref="A40:D40"/>
+    <mergeCell ref="A35:D35"/>
+    <mergeCell ref="A36:A37"/>
+    <mergeCell ref="A38:A39"/>
+    <mergeCell ref="A3:D3"/>
+    <mergeCell ref="A4:A5"/>
+    <mergeCell ref="A19:D19"/>
+    <mergeCell ref="A21:A22"/>
+    <mergeCell ref="A23:D23"/>
+    <mergeCell ref="A6:D6"/>
+    <mergeCell ref="A84:D84"/>
+    <mergeCell ref="A82:D82"/>
+    <mergeCell ref="A47:D47"/>
     <mergeCell ref="A48:A50"/>
     <mergeCell ref="A51:A53"/>
-    <mergeCell ref="A58:A60"/>
-[...16 lines deleted...]
-    <mergeCell ref="A12:A14"/>
   </mergeCells>
-  <conditionalFormatting sqref="B2">
-    <cfRule type="duplicateValues" dxfId="25" priority="24"/>
+  <conditionalFormatting sqref="B2 B4:B5">
+    <cfRule type="duplicateValues" dxfId="31" priority="30"/>
+    <cfRule type="duplicateValues" dxfId="30" priority="31"/>
+    <cfRule type="duplicateValues" dxfId="29" priority="32" stopIfTrue="1"/>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="B55:B62">
+    <cfRule type="duplicateValues" dxfId="28" priority="29"/>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="B64:B65 B7:B18 B29:B34 B41:B46 B36:B39 B48:B53">
+    <cfRule type="duplicateValues" dxfId="27" priority="36"/>
+    <cfRule type="duplicateValues" dxfId="26" priority="37" stopIfTrue="1"/>
+    <cfRule type="duplicateValues" dxfId="25" priority="40"/>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="B67">
     <cfRule type="duplicateValues" dxfId="24" priority="25"/>
-    <cfRule type="duplicateValues" dxfId="23" priority="26" stopIfTrue="1"/>
   </conditionalFormatting>
-  <conditionalFormatting sqref="B31:B38">
-    <cfRule type="duplicateValues" dxfId="22" priority="23"/>
+  <conditionalFormatting sqref="B68:B69">
+    <cfRule type="duplicateValues" dxfId="23" priority="24"/>
   </conditionalFormatting>
-  <conditionalFormatting sqref="B40:B41 B4:B29">
-[...2 lines deleted...]
-    <cfRule type="duplicateValues" dxfId="19" priority="34"/>
+  <conditionalFormatting sqref="B78:B81 B83">
+    <cfRule type="duplicateValues" dxfId="22" priority="23" stopIfTrue="1"/>
   </conditionalFormatting>
-  <conditionalFormatting sqref="B43">
-    <cfRule type="duplicateValues" dxfId="18" priority="19"/>
+  <conditionalFormatting sqref="B103:B106">
+    <cfRule type="duplicateValues" dxfId="21" priority="20"/>
+    <cfRule type="duplicateValues" dxfId="20" priority="21" stopIfTrue="1"/>
+    <cfRule type="duplicateValues" dxfId="19" priority="22"/>
   </conditionalFormatting>
-  <conditionalFormatting sqref="B44:B45">
-    <cfRule type="duplicateValues" dxfId="17" priority="18"/>
+  <conditionalFormatting sqref="B107">
+    <cfRule type="duplicateValues" dxfId="18" priority="4"/>
+    <cfRule type="duplicateValues" dxfId="17" priority="5" stopIfTrue="1"/>
+    <cfRule type="duplicateValues" dxfId="16" priority="6"/>
   </conditionalFormatting>
-  <conditionalFormatting sqref="B54:B57">
-    <cfRule type="duplicateValues" dxfId="16" priority="17" stopIfTrue="1"/>
+  <conditionalFormatting sqref="B108">
+    <cfRule type="duplicateValues" dxfId="15" priority="1"/>
+    <cfRule type="duplicateValues" dxfId="14" priority="2" stopIfTrue="1"/>
+    <cfRule type="duplicateValues" dxfId="13" priority="3"/>
   </conditionalFormatting>
-  <conditionalFormatting sqref="B76:B79">
-[...2 lines deleted...]
-    <cfRule type="duplicateValues" dxfId="13" priority="16"/>
+  <conditionalFormatting sqref="B110">
+    <cfRule type="duplicateValues" dxfId="12" priority="17"/>
+    <cfRule type="duplicateValues" dxfId="11" priority="18" stopIfTrue="1"/>
+    <cfRule type="duplicateValues" dxfId="10" priority="19"/>
   </conditionalFormatting>
-  <conditionalFormatting sqref="B81">
-[...2 lines deleted...]
-    <cfRule type="duplicateValues" dxfId="10" priority="13"/>
+  <conditionalFormatting sqref="B111">
+    <cfRule type="duplicateValues" dxfId="9" priority="14"/>
+    <cfRule type="duplicateValues" dxfId="8" priority="15" stopIfTrue="1"/>
+    <cfRule type="duplicateValues" dxfId="7" priority="16"/>
   </conditionalFormatting>
-  <conditionalFormatting sqref="B82">
-[...2 lines deleted...]
-    <cfRule type="duplicateValues" dxfId="7" priority="10"/>
+  <conditionalFormatting sqref="B112">
+    <cfRule type="duplicateValues" dxfId="6" priority="11"/>
+    <cfRule type="duplicateValues" dxfId="5" priority="12" stopIfTrue="1"/>
+    <cfRule type="duplicateValues" dxfId="4" priority="13"/>
   </conditionalFormatting>
-  <conditionalFormatting sqref="B83">
-[...2 lines deleted...]
-    <cfRule type="duplicateValues" dxfId="4" priority="7"/>
+  <conditionalFormatting sqref="B113">
+    <cfRule type="duplicateValues" dxfId="3" priority="8"/>
+    <cfRule type="duplicateValues" dxfId="2" priority="9" stopIfTrue="1"/>
+    <cfRule type="duplicateValues" dxfId="1" priority="10"/>
   </conditionalFormatting>
-  <conditionalFormatting sqref="B84">
-[...5 lines deleted...]
-    <cfRule type="duplicateValues" dxfId="0" priority="35"/>
+  <conditionalFormatting sqref="B123:B141 B146:B155">
+    <cfRule type="duplicateValues" dxfId="0" priority="41"/>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Аркуші</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>07.10.25</vt:lpstr>
+      <vt:lpstr>18.11.25</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Олег Штучный</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>